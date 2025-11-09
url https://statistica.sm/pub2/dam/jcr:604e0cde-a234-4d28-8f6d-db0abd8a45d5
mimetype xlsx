--- v0 (2025-10-14)
+++ v1 (2025-11-09)
@@ -47,51 +47,51 @@
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="D7" i="2"/>
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="762" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="374">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1166,50 +1166,53 @@
     <t>2024-12</t>
   </si>
   <si>
     <t>2025-01</t>
   </si>
   <si>
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
+  </si>
+  <si>
+    <t>2025-09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1653,51 +1656,51 @@
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1714,51 +1717,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1780,51 +1783,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F504F6A8-7633-486A-A0CC-A0CAF9DB8FE1}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F504F6A8-7633-486A-A0CC-A0CAF9DB8FE1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4867275" y="36004500"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1841,51 +1844,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{226FFB35-9E3B-49D3-AAA9-CABD481E699F}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{226FFB35-9E3B-49D3-AAA9-CABD481E699F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4867275" y="36004500"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2195,197 +2198,197 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWQ18"/>
   <sheetViews>
     <sheetView zoomScale="84" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="11" topLeftCell="IU12" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="11" topLeftCell="JA12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="JP13" sqref="JP13:JQ17"/>
+      <selection pane="bottomRight" activeCell="JR13" sqref="JR13:JR17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.85546875" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
     </row>
-    <row r="2" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="19"/>
     </row>
-    <row r="3" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
       <c r="E3" s="19"/>
     </row>
-    <row r="4" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>333</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="9"/>
       <c r="WWP4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWQ4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="9"/>
       <c r="WWP5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWQ5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="9"/>
       <c r="WWP6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWQ6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="E7" s="34"/>
       <c r="WWP7" s="3"/>
       <c r="WWQ7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="E8" s="34"/>
       <c r="WWP8" s="3"/>
       <c r="WWQ8" s="3"/>
     </row>
-    <row r="9" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="9"/>
     </row>
-    <row r="10" spans="2:277 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:277 16162:16163" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:278 16162:16163" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="26" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>110</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>111</v>
       </c>
       <c r="I11" s="26" t="s">
         <v>112</v>
       </c>
       <c r="J11" s="26" t="s">
@@ -3170,61 +3173,64 @@
       </c>
       <c r="JJ11" t="s">
         <v>365</v>
       </c>
       <c r="JK11" t="s">
         <v>366</v>
       </c>
       <c r="JL11" t="s">
         <v>367</v>
       </c>
       <c r="JM11" t="s">
         <v>368</v>
       </c>
       <c r="JN11" t="s">
         <v>369</v>
       </c>
       <c r="JO11" t="s">
         <v>370</v>
       </c>
       <c r="JP11" t="s">
         <v>371</v>
       </c>
       <c r="JQ11" t="s">
         <v>372</v>
       </c>
+      <c r="JR11" t="s">
+        <v>373</v>
+      </c>
     </row>
-    <row r="12" spans="2:277 16162:16163" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:278 16162:16163" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C12" s="25" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="25" t="s">
         <v>133</v>
       </c>
       <c r="E12" s="25"/>
     </row>
-    <row r="13" spans="2:277 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="29" t="s">
         <v>139</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>134</v>
       </c>
       <c r="E13" s="27" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="27">
         <v>16401</v>
       </c>
       <c r="G13" s="27">
         <v>13523</v>
       </c>
       <c r="H13" s="27">
         <v>23128</v>
       </c>
       <c r="I13" s="27">
         <v>44912</v>
       </c>
       <c r="J13" s="27">
@@ -4009,52 +4015,55 @@
       </c>
       <c r="JJ13" s="27">
         <v>33003</v>
       </c>
       <c r="JK13" s="27">
         <v>19595</v>
       </c>
       <c r="JL13" s="27">
         <v>28224</v>
       </c>
       <c r="JM13" s="27">
         <v>45467</v>
       </c>
       <c r="JN13" s="27">
         <v>43480</v>
       </c>
       <c r="JO13" s="27">
         <v>53850</v>
       </c>
       <c r="JP13" s="27">
         <v>78975</v>
       </c>
       <c r="JQ13" s="27">
         <v>113220</v>
       </c>
+      <c r="JR13" s="27">
+        <v>57538</v>
+      </c>
     </row>
-    <row r="14" spans="2:277 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="27" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="29" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="35" t="s">
         <v>135</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="27">
         <v>49203</v>
       </c>
       <c r="G14" s="27">
         <v>40569</v>
       </c>
       <c r="H14" s="27">
         <v>69384</v>
       </c>
       <c r="I14" s="27">
         <v>134736</v>
       </c>
       <c r="J14" s="27">
@@ -4839,52 +4848,55 @@
       </c>
       <c r="JJ14" s="27">
         <v>99009</v>
       </c>
       <c r="JK14" s="27">
         <v>58785</v>
       </c>
       <c r="JL14" s="27">
         <v>84672</v>
       </c>
       <c r="JM14" s="27">
         <v>136401</v>
       </c>
       <c r="JN14" s="27">
         <v>130440</v>
       </c>
       <c r="JO14" s="27">
         <v>161550</v>
       </c>
       <c r="JP14" s="27">
         <v>236925</v>
       </c>
       <c r="JQ14" s="27">
         <v>339660</v>
       </c>
+      <c r="JR14" s="27">
+        <v>172614</v>
+      </c>
     </row>
-    <row r="15" spans="2:277 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="27" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="35" t="s">
         <v>136</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="27">
         <v>196</v>
       </c>
       <c r="G15" s="27">
         <v>202</v>
       </c>
       <c r="H15" s="27">
         <v>831</v>
       </c>
       <c r="I15" s="27">
         <v>2093</v>
       </c>
       <c r="J15" s="27">
@@ -5669,52 +5681,55 @@
       </c>
       <c r="JJ15" s="27">
         <v>123</v>
       </c>
       <c r="JK15" s="27">
         <v>109</v>
       </c>
       <c r="JL15" s="27">
         <v>418</v>
       </c>
       <c r="JM15" s="27">
         <v>700</v>
       </c>
       <c r="JN15" s="27">
         <v>1026</v>
       </c>
       <c r="JO15" s="27">
         <v>1075</v>
       </c>
       <c r="JP15" s="27">
         <v>1245</v>
       </c>
       <c r="JQ15" s="27">
         <v>941</v>
       </c>
+      <c r="JR15" s="27">
+        <v>807</v>
+      </c>
     </row>
-    <row r="16" spans="2:277 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="27" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="29" t="s">
         <v>140</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>137</v>
       </c>
       <c r="E16" s="27" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="27">
         <v>8820</v>
       </c>
       <c r="G16" s="27">
         <v>9090</v>
       </c>
       <c r="H16" s="27">
         <v>37395</v>
       </c>
       <c r="I16" s="27">
         <v>94185</v>
       </c>
       <c r="J16" s="27">
@@ -6499,52 +6514,55 @@
       </c>
       <c r="JJ16" s="27">
         <v>5535</v>
       </c>
       <c r="JK16" s="27">
         <v>4905</v>
       </c>
       <c r="JL16" s="27">
         <v>18810</v>
       </c>
       <c r="JM16" s="27">
         <v>31500</v>
       </c>
       <c r="JN16" s="27">
         <v>46170</v>
       </c>
       <c r="JO16" s="27">
         <v>48375</v>
       </c>
       <c r="JP16" s="27">
         <v>56025</v>
       </c>
       <c r="JQ16" s="27">
         <v>42345</v>
       </c>
+      <c r="JR16" s="27">
+        <v>36315</v>
+      </c>
     </row>
-    <row r="17" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="27" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="30" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="35" t="s">
         <v>138</v>
       </c>
       <c r="E17" s="27" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="27">
         <v>58023</v>
       </c>
       <c r="G17" s="27">
         <v>49659</v>
       </c>
       <c r="H17" s="27">
         <v>106779</v>
       </c>
       <c r="I17" s="27">
         <v>228921</v>
       </c>
       <c r="J17" s="27">
@@ -7329,211 +7347,214 @@
       </c>
       <c r="JJ17" s="27">
         <v>104544</v>
       </c>
       <c r="JK17" s="27">
         <v>63690</v>
       </c>
       <c r="JL17" s="27">
         <v>103482</v>
       </c>
       <c r="JM17" s="27">
         <v>167901</v>
       </c>
       <c r="JN17" s="27">
         <v>176610</v>
       </c>
       <c r="JO17" s="27">
         <v>209925</v>
       </c>
       <c r="JP17" s="27">
         <v>292950</v>
       </c>
       <c r="JQ17" s="27">
         <v>382005</v>
       </c>
+      <c r="JR17" s="27">
+        <v>208929</v>
+      </c>
     </row>
-    <row r="18" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="18" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
   </sheetData>
   <conditionalFormatting sqref="F20:F1048576 F1 F10 D1:E10 D18:E1048576 D11:D12">
     <cfRule type="duplicateValues" dxfId="4" priority="36"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E11:E12">
     <cfRule type="duplicateValues" dxfId="3" priority="1"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWP$4:$WWP$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWQ$4:$WWQ$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWK60"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="IP1" zoomScale="73" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="JN31" sqref="JN31"/>
+      <selection activeCell="JO32" sqref="JO32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="40.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="51.5703125" customWidth="1"/>
     <col min="5" max="5" width="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>333</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWJ4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWK4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWJ5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWK5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWJ6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWK6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWJ7" s="3"/>
       <c r="WWK7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWJ8" s="3"/>
       <c r="WWK8" s="3"/>
     </row>
-    <row r="9" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:277 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:277 16156:16157" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:278 16156:16157" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="31" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="26" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>110</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>111</v>
       </c>
       <c r="I11" s="26" t="s">
         <v>112</v>
       </c>
       <c r="J11" s="26" t="s">
@@ -8318,68 +8339,71 @@
       </c>
       <c r="JJ11" s="26" t="s">
         <v>365</v>
       </c>
       <c r="JK11" s="26" t="s">
         <v>366</v>
       </c>
       <c r="JL11" s="26" t="s">
         <v>367</v>
       </c>
       <c r="JM11" s="26" t="s">
         <v>368</v>
       </c>
       <c r="JN11" s="26" t="s">
         <v>369</v>
       </c>
       <c r="JO11" s="26" t="s">
         <v>370</v>
       </c>
       <c r="JP11" s="26" t="s">
         <v>371</v>
       </c>
       <c r="JQ11" s="26" t="s">
         <v>372</v>
       </c>
+      <c r="JR11" s="26" t="s">
+        <v>373</v>
+      </c>
     </row>
-    <row r="12" spans="2:277 16156:16157" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:278 16156:16157" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="C12" s="33" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="33" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="13" spans="2:277 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C13" s="27" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="27" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="14" spans="2:277 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="27" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>76</v>
       </c>
       <c r="F14" s="27">
         <v>847</v>
       </c>
       <c r="G14" s="27">
         <v>956</v>
       </c>
       <c r="H14" s="27">
         <v>1355</v>
       </c>
       <c r="I14" s="27">
         <v>1315</v>
       </c>
       <c r="J14" s="27">
@@ -9164,52 +9188,55 @@
       </c>
       <c r="JJ14" s="27">
         <v>3437</v>
       </c>
       <c r="JK14" s="27">
         <v>3118</v>
       </c>
       <c r="JL14" s="27">
         <v>3998</v>
       </c>
       <c r="JM14" s="27">
         <v>4513</v>
       </c>
       <c r="JN14" s="27">
         <v>4734</v>
       </c>
       <c r="JO14" s="27">
         <v>3420</v>
       </c>
       <c r="JP14" s="27">
         <v>4685</v>
       </c>
       <c r="JQ14" s="27">
         <v>7552</v>
       </c>
+      <c r="JR14" s="27">
+        <v>4378</v>
+      </c>
     </row>
-    <row r="15" spans="2:277 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="27" t="s">
         <v>77</v>
       </c>
       <c r="C15" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F15" s="27">
         <v>1</v>
       </c>
       <c r="G15" s="27">
         <v>0</v>
       </c>
       <c r="H15" s="27">
         <v>33</v>
       </c>
       <c r="I15" s="27">
         <v>49</v>
       </c>
       <c r="J15" s="27">
@@ -9994,52 +10021,55 @@
       </c>
       <c r="JJ15" s="27">
         <v>606</v>
       </c>
       <c r="JK15" s="27">
         <v>506</v>
       </c>
       <c r="JL15" s="27">
         <v>691</v>
       </c>
       <c r="JM15" s="27">
         <v>990</v>
       </c>
       <c r="JN15" s="27">
         <v>1045</v>
       </c>
       <c r="JO15" s="27">
         <v>1107</v>
       </c>
       <c r="JP15" s="27">
         <v>903</v>
       </c>
       <c r="JQ15" s="27">
         <v>2192</v>
       </c>
+      <c r="JR15" s="27">
+        <v>876</v>
+      </c>
     </row>
-    <row r="16" spans="2:277 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="27" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="27" t="s">
         <v>78</v>
       </c>
       <c r="F16" s="27">
         <v>848</v>
       </c>
       <c r="G16" s="27">
         <v>956</v>
       </c>
       <c r="H16" s="27">
         <v>1388</v>
       </c>
       <c r="I16" s="27">
         <v>1364</v>
       </c>
       <c r="J16" s="27">
@@ -10824,60 +10854,63 @@
       </c>
       <c r="JJ16" s="27">
         <v>4043</v>
       </c>
       <c r="JK16" s="27">
         <v>3624</v>
       </c>
       <c r="JL16" s="27">
         <v>4689</v>
       </c>
       <c r="JM16" s="27">
         <v>5503</v>
       </c>
       <c r="JN16" s="27">
         <v>5779</v>
       </c>
       <c r="JO16" s="27">
         <v>4527</v>
       </c>
       <c r="JP16" s="27">
         <v>5588</v>
       </c>
       <c r="JQ16" s="27">
         <v>9744</v>
       </c>
+      <c r="JR16" s="27">
+        <v>5254</v>
+      </c>
     </row>
-    <row r="17" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C17" s="27" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="27" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="18" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C18" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="F18" s="27">
         <v>1294</v>
       </c>
       <c r="G18" s="27">
         <v>1373</v>
       </c>
       <c r="H18" s="27">
         <v>2044</v>
       </c>
       <c r="I18" s="27">
         <v>2076</v>
       </c>
       <c r="J18" s="27">
@@ -11662,52 +11695,55 @@
       </c>
       <c r="JJ18" s="27">
         <v>5745</v>
       </c>
       <c r="JK18" s="27">
         <v>5005</v>
       </c>
       <c r="JL18" s="27">
         <v>5984</v>
       </c>
       <c r="JM18" s="27">
         <v>7092</v>
       </c>
       <c r="JN18" s="27">
         <v>7902</v>
       </c>
       <c r="JO18" s="27">
         <v>5492</v>
       </c>
       <c r="JP18" s="27">
         <v>8246</v>
       </c>
       <c r="JQ18" s="27">
         <v>12144</v>
       </c>
+      <c r="JR18" s="27">
+        <v>6972</v>
+      </c>
     </row>
-    <row r="19" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="27" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="27" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="27">
         <v>3</v>
       </c>
       <c r="G19" s="27">
         <v>0</v>
       </c>
       <c r="H19" s="27">
         <v>65</v>
       </c>
       <c r="I19" s="27">
         <v>119</v>
       </c>
       <c r="J19" s="27">
@@ -12492,52 +12528,55 @@
       </c>
       <c r="JJ19" s="27">
         <v>1478</v>
       </c>
       <c r="JK19" s="27">
         <v>1059</v>
       </c>
       <c r="JL19" s="27">
         <v>1445</v>
       </c>
       <c r="JM19" s="27">
         <v>1980</v>
       </c>
       <c r="JN19" s="27">
         <v>2454</v>
       </c>
       <c r="JO19" s="27">
         <v>2106</v>
       </c>
       <c r="JP19" s="27">
         <v>2887</v>
       </c>
       <c r="JQ19" s="27">
         <v>6418</v>
       </c>
+      <c r="JR19" s="27">
+        <v>1984</v>
+      </c>
     </row>
-    <row r="20" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="27">
         <v>1297</v>
       </c>
       <c r="G20" s="27">
         <v>1373</v>
       </c>
       <c r="H20" s="27">
         <v>2109</v>
       </c>
       <c r="I20" s="27">
         <v>2195</v>
       </c>
       <c r="J20" s="27">
@@ -13322,79 +13361,83 @@
       </c>
       <c r="JJ20" s="27">
         <v>7223</v>
       </c>
       <c r="JK20" s="27">
         <v>6064</v>
       </c>
       <c r="JL20" s="27">
         <v>7429</v>
       </c>
       <c r="JM20" s="27">
         <v>9072</v>
       </c>
       <c r="JN20" s="27">
         <v>10356</v>
       </c>
       <c r="JO20" s="27">
         <v>7598</v>
       </c>
       <c r="JP20" s="27">
         <v>11133</v>
       </c>
       <c r="JQ20" s="27">
         <v>18562</v>
       </c>
+      <c r="JR20" s="27">
+        <v>8956</v>
+      </c>
     </row>
-    <row r="21" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C21" s="27" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="27" t="s">
         <v>46</v>
       </c>
       <c r="IY21" s="36"/>
       <c r="IZ21" s="36"/>
       <c r="JA21" s="36"/>
       <c r="JB21" s="36"/>
       <c r="JC21" s="36"/>
       <c r="JD21" s="36"/>
       <c r="JE21" s="36"/>
       <c r="JF21" s="36"/>
       <c r="JG21" s="36"/>
       <c r="JH21" s="36"/>
       <c r="JI21" s="36"/>
       <c r="JJ21" s="36"/>
       <c r="JK21" s="36"/>
       <c r="JL21" s="36"/>
       <c r="JM21" s="36"/>
       <c r="JN21" s="36"/>
       <c r="JO21" s="36"/>
       <c r="JP21" s="36"/>
       <c r="JQ21" s="36"/>
+      <c r="JR21" s="36"/>
     </row>
-    <row r="22" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="27" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D22" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="27" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="36">
         <v>1.527744982</v>
       </c>
       <c r="G22" s="36">
         <v>1.4361924690000001</v>
       </c>
       <c r="H22" s="36">
         <v>1.5084870850000001</v>
       </c>
       <c r="I22" s="36">
         <v>1.578707224</v>
       </c>
       <c r="J22" s="36">
@@ -14179,52 +14222,55 @@
       </c>
       <c r="JJ22" s="36">
         <v>1.6715158569999999</v>
       </c>
       <c r="JK22" s="36">
         <v>1.6051956380000001</v>
       </c>
       <c r="JL22" s="36">
         <v>1.496748374</v>
       </c>
       <c r="JM22" s="36">
         <v>1.5714602259999999</v>
       </c>
       <c r="JN22" s="36">
         <v>1.669201521</v>
       </c>
       <c r="JO22" s="36">
         <v>1.6058479530000001</v>
       </c>
       <c r="JP22" s="36">
         <v>1.7600853789999999</v>
       </c>
       <c r="JQ22" s="36">
         <v>1.6080508469999999</v>
       </c>
+      <c r="JR22" s="36">
+        <v>1.5925079950000001</v>
+      </c>
     </row>
-    <row r="23" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="27" t="s">
         <v>83</v>
       </c>
       <c r="C23" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D23" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E23" s="27" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="36">
         <v>3</v>
       </c>
       <c r="G23" s="36">
         <v>0</v>
       </c>
       <c r="H23" s="36">
         <v>1.96969697</v>
       </c>
       <c r="I23" s="36">
         <v>2.4285714289999998</v>
       </c>
       <c r="J23" s="36">
@@ -15009,52 +15055,55 @@
       </c>
       <c r="JJ23" s="36">
         <v>2.4389438939999999</v>
       </c>
       <c r="JK23" s="36">
         <v>2.0928853749999998</v>
       </c>
       <c r="JL23" s="36">
         <v>2.0911722140000002</v>
       </c>
       <c r="JM23" s="36">
         <v>2</v>
       </c>
       <c r="JN23" s="36">
         <v>2.3483253589999999</v>
       </c>
       <c r="JO23" s="36">
         <v>1.902439024</v>
       </c>
       <c r="JP23" s="36">
         <v>3.197120709</v>
       </c>
       <c r="JQ23" s="36">
         <v>2.9279197080000001</v>
       </c>
+      <c r="JR23" s="36">
+        <v>2.264840183</v>
+      </c>
     </row>
-    <row r="24" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="27" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E24" s="27" t="s">
         <v>84</v>
       </c>
       <c r="F24" s="36">
         <v>1.5294811319999999</v>
       </c>
       <c r="G24" s="36">
         <v>1.4361924690000001</v>
       </c>
       <c r="H24" s="36">
         <v>1.51945245</v>
       </c>
       <c r="I24" s="36">
         <v>1.6092375370000001</v>
       </c>
       <c r="J24" s="36">
@@ -15839,60 +15888,63 @@
       </c>
       <c r="JJ24" s="36">
         <v>1.786544645</v>
       </c>
       <c r="JK24" s="36">
         <v>1.6732891830000001</v>
       </c>
       <c r="JL24" s="36">
         <v>1.584346343</v>
       </c>
       <c r="JM24" s="36">
         <v>1.648555333</v>
       </c>
       <c r="JN24" s="36">
         <v>1.7920055370000001</v>
       </c>
       <c r="JO24" s="36">
         <v>1.6783741990000001</v>
       </c>
       <c r="JP24" s="36">
         <v>1.9923049390000001</v>
       </c>
       <c r="JQ24" s="36">
         <v>1.9049671589999999</v>
       </c>
+      <c r="JR24" s="36">
+        <v>1.7046060139999999</v>
+      </c>
     </row>
-    <row r="25" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C25" s="27" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="27" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="26" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="27" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E26" s="27" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="27">
         <v>136</v>
       </c>
       <c r="G26" s="27">
         <v>124</v>
       </c>
       <c r="H26" s="27">
         <v>303</v>
       </c>
       <c r="I26" s="27">
         <v>307</v>
       </c>
       <c r="J26" s="27">
@@ -16677,52 +16729,55 @@
       </c>
       <c r="JJ26" s="27">
         <v>1662</v>
       </c>
       <c r="JK26" s="27">
         <v>1360</v>
       </c>
       <c r="JL26" s="27">
         <v>2062</v>
       </c>
       <c r="JM26" s="27">
         <v>3373</v>
       </c>
       <c r="JN26" s="27">
         <v>4143</v>
       </c>
       <c r="JO26" s="27">
         <v>4388</v>
       </c>
       <c r="JP26" s="27">
         <v>5498</v>
       </c>
       <c r="JQ26" s="27">
         <v>5520</v>
       </c>
+      <c r="JR26" s="27">
+        <v>4999</v>
+      </c>
     </row>
-    <row r="27" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="27" t="s">
         <v>86</v>
       </c>
       <c r="C27" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E27" s="27" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="27">
         <v>1</v>
       </c>
       <c r="G27" s="27">
         <v>0</v>
       </c>
       <c r="H27" s="27">
         <v>5</v>
       </c>
       <c r="I27" s="27">
         <v>5</v>
       </c>
       <c r="J27" s="27">
@@ -17507,52 +17562,55 @@
       </c>
       <c r="JJ27" s="27">
         <v>242</v>
       </c>
       <c r="JK27" s="27">
         <v>311</v>
       </c>
       <c r="JL27" s="27">
         <v>617</v>
       </c>
       <c r="JM27" s="27">
         <v>1300</v>
       </c>
       <c r="JN27" s="27">
         <v>1901</v>
       </c>
       <c r="JO27" s="27">
         <v>2141</v>
       </c>
       <c r="JP27" s="27">
         <v>2633</v>
       </c>
       <c r="JQ27" s="27">
         <v>2680</v>
       </c>
+      <c r="JR27" s="27">
+        <v>2573</v>
+      </c>
     </row>
-    <row r="28" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="27" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D28" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E28" s="27" t="s">
         <v>87</v>
       </c>
       <c r="F28" s="27">
         <v>137</v>
       </c>
       <c r="G28" s="27">
         <v>124</v>
       </c>
       <c r="H28" s="27">
         <v>308</v>
       </c>
       <c r="I28" s="27">
         <v>312</v>
       </c>
       <c r="J28" s="27">
@@ -18337,60 +18395,63 @@
       </c>
       <c r="JJ28" s="27">
         <v>1904</v>
       </c>
       <c r="JK28" s="27">
         <v>1671</v>
       </c>
       <c r="JL28" s="27">
         <v>2679</v>
       </c>
       <c r="JM28" s="27">
         <v>4673</v>
       </c>
       <c r="JN28" s="27">
         <v>6044</v>
       </c>
       <c r="JO28" s="27">
         <v>6529</v>
       </c>
       <c r="JP28" s="27">
         <v>8131</v>
       </c>
       <c r="JQ28" s="27">
         <v>8200</v>
       </c>
+      <c r="JR28" s="27">
+        <v>7572</v>
+      </c>
     </row>
-    <row r="29" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C29" s="27" t="s">
         <v>75</v>
       </c>
       <c r="D29" s="27" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="30" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B30" s="27" t="s">
         <v>88</v>
       </c>
       <c r="C30" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="27" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="27">
         <v>180</v>
       </c>
       <c r="G30" s="27">
         <v>242</v>
       </c>
       <c r="H30" s="27">
         <v>445</v>
       </c>
       <c r="I30" s="27">
         <v>457</v>
       </c>
       <c r="J30" s="27">
@@ -19175,52 +19236,55 @@
       </c>
       <c r="JJ30" s="27">
         <v>2610</v>
       </c>
       <c r="JK30" s="27">
         <v>2139</v>
       </c>
       <c r="JL30" s="27">
         <v>3155</v>
       </c>
       <c r="JM30" s="27">
         <v>4687</v>
       </c>
       <c r="JN30" s="27">
         <v>6011</v>
       </c>
       <c r="JO30" s="27">
         <v>7758</v>
       </c>
       <c r="JP30" s="27">
         <v>8108</v>
       </c>
       <c r="JQ30" s="27">
         <v>8213</v>
       </c>
+      <c r="JR30" s="27">
+        <v>7648</v>
+      </c>
     </row>
-    <row r="31" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B31" s="27" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E31" s="27" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="27">
         <v>2</v>
       </c>
       <c r="G31" s="27">
         <v>0</v>
       </c>
       <c r="H31" s="27">
         <v>10</v>
       </c>
       <c r="I31" s="27">
         <v>6</v>
       </c>
       <c r="J31" s="27">
@@ -20005,52 +20069,55 @@
       </c>
       <c r="JJ31" s="27">
         <v>499</v>
       </c>
       <c r="JK31" s="27">
         <v>671</v>
       </c>
       <c r="JL31" s="27">
         <v>1471</v>
       </c>
       <c r="JM31" s="27">
         <v>2277</v>
       </c>
       <c r="JN31" s="27">
         <v>3626</v>
       </c>
       <c r="JO31" s="27">
         <v>4461</v>
       </c>
       <c r="JP31" s="27">
         <v>6994</v>
       </c>
       <c r="JQ31" s="27">
         <v>7053</v>
       </c>
+      <c r="JR31" s="27">
+        <v>5116</v>
+      </c>
     </row>
-    <row r="32" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B32" s="27" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D32" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E32" s="27" t="s">
         <v>90</v>
       </c>
       <c r="F32" s="27">
         <v>182</v>
       </c>
       <c r="G32" s="27">
         <v>242</v>
       </c>
       <c r="H32" s="27">
         <v>455</v>
       </c>
       <c r="I32" s="27">
         <v>463</v>
       </c>
       <c r="J32" s="27">
@@ -20835,60 +20902,63 @@
       </c>
       <c r="JJ32" s="27">
         <v>3109</v>
       </c>
       <c r="JK32" s="27">
         <v>2810</v>
       </c>
       <c r="JL32" s="27">
         <v>4626</v>
       </c>
       <c r="JM32" s="27">
         <v>6964</v>
       </c>
       <c r="JN32" s="27">
         <v>9637</v>
       </c>
       <c r="JO32" s="27">
         <v>12219</v>
       </c>
       <c r="JP32" s="27">
         <v>15102</v>
       </c>
       <c r="JQ32" s="27">
         <v>15266</v>
       </c>
+      <c r="JR32" s="27">
+        <v>12764</v>
+      </c>
     </row>
-    <row r="33" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C33" s="27" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="27" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="34" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B34" s="27" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E34" s="27" t="s">
         <v>91</v>
       </c>
       <c r="F34" s="36">
         <v>1.3235294120000001</v>
       </c>
       <c r="G34" s="36">
         <v>1.951612903</v>
       </c>
       <c r="H34" s="36">
         <v>1.468646865</v>
       </c>
       <c r="I34" s="36">
         <v>1.488599349</v>
       </c>
       <c r="J34" s="36">
@@ -21673,52 +21743,55 @@
       </c>
       <c r="JJ34" s="36">
         <v>1.570397112</v>
       </c>
       <c r="JK34" s="36">
         <v>1.572794118</v>
       </c>
       <c r="JL34" s="36">
         <v>1.530067895</v>
       </c>
       <c r="JM34" s="36">
         <v>1.3895641860000001</v>
       </c>
       <c r="JN34" s="36">
         <v>1.450881004</v>
       </c>
       <c r="JO34" s="36">
         <v>1.7680036459999999</v>
       </c>
       <c r="JP34" s="36">
         <v>1.4747180790000001</v>
       </c>
       <c r="JQ34" s="36">
         <v>1.487862319</v>
       </c>
+      <c r="JR34" s="36">
+        <v>1.529905981</v>
+      </c>
     </row>
-    <row r="35" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B35" s="27" t="s">
         <v>92</v>
       </c>
       <c r="C35" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D35" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E35" s="27" t="s">
         <v>92</v>
       </c>
       <c r="F35" s="36">
         <v>2</v>
       </c>
       <c r="G35" s="36">
         <v>0</v>
       </c>
       <c r="H35" s="36">
         <v>2</v>
       </c>
       <c r="I35" s="36">
         <v>1.2</v>
       </c>
       <c r="J35" s="36">
@@ -22503,52 +22576,55 @@
       </c>
       <c r="JJ35" s="36">
         <v>2.061983471</v>
       </c>
       <c r="JK35" s="36">
         <v>2.1575562700000002</v>
       </c>
       <c r="JL35" s="36">
         <v>2.3841166939999998</v>
       </c>
       <c r="JM35" s="36">
         <v>1.7515384620000001</v>
       </c>
       <c r="JN35" s="36">
         <v>1.907417149</v>
       </c>
       <c r="JO35" s="36">
         <v>2.0836057920000002</v>
       </c>
       <c r="JP35" s="36">
         <v>2.656285606</v>
       </c>
       <c r="JQ35" s="36">
         <v>2.6317164179999999</v>
       </c>
+      <c r="JR35" s="36">
+        <v>1.988340459</v>
+      </c>
     </row>
-    <row r="36" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B36" s="27" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D36" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E36" s="27" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="36">
         <v>1.3284671530000001</v>
       </c>
       <c r="G36" s="36">
         <v>1.951612903</v>
       </c>
       <c r="H36" s="36">
         <v>1.4772727269999999</v>
       </c>
       <c r="I36" s="36">
         <v>1.4839743590000001</v>
       </c>
       <c r="J36" s="36">
@@ -23333,60 +23409,63 @@
       </c>
       <c r="JJ36" s="36">
         <v>1.6328781510000001</v>
       </c>
       <c r="JK36" s="36">
         <v>1.681627768</v>
       </c>
       <c r="JL36" s="36">
         <v>1.7267637179999999</v>
       </c>
       <c r="JM36" s="36">
         <v>1.4902632140000001</v>
       </c>
       <c r="JN36" s="36">
         <v>1.594473858</v>
       </c>
       <c r="JO36" s="36">
         <v>1.8714964009999999</v>
       </c>
       <c r="JP36" s="36">
         <v>1.8573361209999999</v>
       </c>
       <c r="JQ36" s="36">
         <v>1.861707317</v>
       </c>
+      <c r="JR36" s="36">
+        <v>1.6856840989999999</v>
+      </c>
     </row>
-    <row r="37" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C37" s="27" t="s">
         <v>67</v>
       </c>
       <c r="D37" s="27" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="38" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B38" s="27" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>94</v>
       </c>
       <c r="F38" s="27">
         <v>983</v>
       </c>
       <c r="G38" s="27">
         <v>1080</v>
       </c>
       <c r="H38" s="27">
         <v>1658</v>
       </c>
       <c r="I38" s="27">
         <v>1622</v>
       </c>
       <c r="J38" s="27">
@@ -24171,52 +24250,55 @@
       </c>
       <c r="JJ38" s="27">
         <v>5099</v>
       </c>
       <c r="JK38" s="27">
         <v>4478</v>
       </c>
       <c r="JL38" s="27">
         <v>6060</v>
       </c>
       <c r="JM38" s="27">
         <v>7886</v>
       </c>
       <c r="JN38" s="27">
         <v>8877</v>
       </c>
       <c r="JO38" s="27">
         <v>7808</v>
       </c>
       <c r="JP38" s="27">
         <v>10183</v>
       </c>
       <c r="JQ38" s="27">
         <v>13072</v>
       </c>
+      <c r="JR38" s="27">
+        <v>9377</v>
+      </c>
     </row>
-    <row r="39" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B39" s="27" t="s">
         <v>95</v>
       </c>
       <c r="C39" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>95</v>
       </c>
       <c r="F39" s="27">
         <v>2</v>
       </c>
       <c r="G39" s="27">
         <v>0</v>
       </c>
       <c r="H39" s="27">
         <v>38</v>
       </c>
       <c r="I39" s="27">
         <v>54</v>
       </c>
       <c r="J39" s="27">
@@ -25001,52 +25083,55 @@
       </c>
       <c r="JJ39" s="27">
         <v>848</v>
       </c>
       <c r="JK39" s="27">
         <v>817</v>
       </c>
       <c r="JL39" s="27">
         <v>1308</v>
       </c>
       <c r="JM39" s="27">
         <v>2290</v>
       </c>
       <c r="JN39" s="27">
         <v>2946</v>
       </c>
       <c r="JO39" s="27">
         <v>3248</v>
       </c>
       <c r="JP39" s="27">
         <v>3536</v>
       </c>
       <c r="JQ39" s="27">
         <v>4872</v>
       </c>
+      <c r="JR39" s="27">
+        <v>3449</v>
+      </c>
     </row>
-    <row r="40" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B40" s="27" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>103</v>
       </c>
       <c r="F40" s="27">
         <v>985</v>
       </c>
       <c r="G40" s="27">
         <v>1080</v>
       </c>
       <c r="H40" s="27">
         <v>1696</v>
       </c>
       <c r="I40" s="27">
         <v>1676</v>
       </c>
       <c r="J40" s="27">
@@ -25831,60 +25916,63 @@
       </c>
       <c r="JJ40" s="27">
         <v>5947</v>
       </c>
       <c r="JK40" s="27">
         <v>5295</v>
       </c>
       <c r="JL40" s="27">
         <v>7368</v>
       </c>
       <c r="JM40" s="27">
         <v>10176</v>
       </c>
       <c r="JN40" s="27">
         <v>11823</v>
       </c>
       <c r="JO40" s="27">
         <v>11056</v>
       </c>
       <c r="JP40" s="27">
         <v>13719</v>
       </c>
       <c r="JQ40" s="27">
         <v>17944</v>
       </c>
+      <c r="JR40" s="27">
+        <v>12826</v>
+      </c>
     </row>
-    <row r="41" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C41" s="27" t="s">
         <v>68</v>
       </c>
       <c r="D41" s="27" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="42" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B42" s="27" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D42" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E42" s="27" t="s">
         <v>96</v>
       </c>
       <c r="F42" s="27">
         <v>1474</v>
       </c>
       <c r="G42" s="27">
         <v>1615</v>
       </c>
       <c r="H42" s="27">
         <v>2489</v>
       </c>
       <c r="I42" s="27">
         <v>2533</v>
       </c>
       <c r="J42" s="27">
@@ -26669,52 +26757,55 @@
       </c>
       <c r="JJ42" s="27">
         <v>8355</v>
       </c>
       <c r="JK42" s="27">
         <v>7144</v>
       </c>
       <c r="JL42" s="27">
         <v>9139</v>
       </c>
       <c r="JM42" s="27">
         <v>11779</v>
       </c>
       <c r="JN42" s="27">
         <v>13913</v>
       </c>
       <c r="JO42" s="27">
         <v>13250</v>
       </c>
       <c r="JP42" s="27">
         <v>16354</v>
       </c>
       <c r="JQ42" s="27">
         <v>20357</v>
       </c>
+      <c r="JR42" s="27">
+        <v>14620</v>
+      </c>
     </row>
-    <row r="43" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B43" s="27" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D43" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E43" s="27" t="s">
         <v>97</v>
       </c>
       <c r="F43" s="27">
         <v>5</v>
       </c>
       <c r="G43" s="27">
         <v>0</v>
       </c>
       <c r="H43" s="27">
         <v>75</v>
       </c>
       <c r="I43" s="27">
         <v>125</v>
       </c>
       <c r="J43" s="27">
@@ -27499,52 +27590,55 @@
       </c>
       <c r="JJ43" s="27">
         <v>1977</v>
       </c>
       <c r="JK43" s="27">
         <v>1730</v>
       </c>
       <c r="JL43" s="27">
         <v>2916</v>
       </c>
       <c r="JM43" s="27">
         <v>4257</v>
       </c>
       <c r="JN43" s="27">
         <v>6080</v>
       </c>
       <c r="JO43" s="27">
         <v>6567</v>
       </c>
       <c r="JP43" s="27">
         <v>9881</v>
       </c>
       <c r="JQ43" s="27">
         <v>13471</v>
       </c>
+      <c r="JR43" s="27">
+        <v>7100</v>
+      </c>
     </row>
-    <row r="44" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B44" s="27" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D44" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E44" s="27" t="s">
         <v>73</v>
       </c>
       <c r="F44" s="27">
         <v>1479</v>
       </c>
       <c r="G44" s="27">
         <v>1615</v>
       </c>
       <c r="H44" s="27">
         <v>2564</v>
       </c>
       <c r="I44" s="27">
         <v>2658</v>
       </c>
       <c r="J44" s="27">
@@ -28329,60 +28423,63 @@
       </c>
       <c r="JJ44" s="27">
         <v>10332</v>
       </c>
       <c r="JK44" s="27">
         <v>8874</v>
       </c>
       <c r="JL44" s="27">
         <v>12055</v>
       </c>
       <c r="JM44" s="27">
         <v>16036</v>
       </c>
       <c r="JN44" s="27">
         <v>19993</v>
       </c>
       <c r="JO44" s="27">
         <v>19817</v>
       </c>
       <c r="JP44" s="27">
         <v>26235</v>
       </c>
       <c r="JQ44" s="27">
         <v>33828</v>
       </c>
+      <c r="JR44" s="27">
+        <v>21720</v>
+      </c>
     </row>
-    <row r="45" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C45" s="27" t="s">
         <v>69</v>
       </c>
       <c r="D45" s="27" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="46" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B46" s="27" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D46" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E46" s="27" t="s">
         <v>98</v>
       </c>
       <c r="F46" s="36">
         <v>1.499491353</v>
       </c>
       <c r="G46" s="36">
         <v>1.4953703700000001</v>
       </c>
       <c r="H46" s="36">
         <v>1.501206273</v>
       </c>
       <c r="I46" s="36">
         <v>1.561652281</v>
       </c>
       <c r="J46" s="36">
@@ -29167,52 +29264,55 @@
       </c>
       <c r="JJ46" s="36">
         <v>1.6385565799999999</v>
       </c>
       <c r="JK46" s="36">
         <v>1.595355069</v>
       </c>
       <c r="JL46" s="36">
         <v>1.508085809</v>
       </c>
       <c r="JM46" s="36">
         <v>1.4936596499999999</v>
       </c>
       <c r="JN46" s="36">
         <v>1.5673087750000001</v>
       </c>
       <c r="JO46" s="36">
         <v>1.696977459</v>
       </c>
       <c r="JP46" s="36">
         <v>1.606010017</v>
       </c>
       <c r="JQ46" s="36">
         <v>1.557298042</v>
       </c>
+      <c r="JR46" s="36">
+        <v>1.559134051</v>
+      </c>
     </row>
-    <row r="47" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B47" s="27" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D47" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E47" s="27" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="36">
         <v>2.5</v>
       </c>
       <c r="G47" s="36">
         <v>0</v>
       </c>
       <c r="H47" s="36">
         <v>1.9736842109999999</v>
       </c>
       <c r="I47" s="36">
         <v>2.3148148150000001</v>
       </c>
       <c r="J47" s="36">
@@ -29997,52 +30097,55 @@
       </c>
       <c r="JJ47" s="36">
         <v>2.3313679249999999</v>
       </c>
       <c r="JK47" s="36">
         <v>2.1175030600000002</v>
       </c>
       <c r="JL47" s="36">
         <v>2.2293577980000001</v>
       </c>
       <c r="JM47" s="36">
         <v>1.8589519649999999</v>
       </c>
       <c r="JN47" s="36">
         <v>2.0638153429999999</v>
       </c>
       <c r="JO47" s="36">
         <v>2.021859606</v>
       </c>
       <c r="JP47" s="36">
         <v>2.7944004520000001</v>
       </c>
       <c r="JQ47" s="36">
         <v>2.76498358</v>
       </c>
+      <c r="JR47" s="36">
+        <v>2.0585677009999999</v>
+      </c>
     </row>
-    <row r="48" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B48" s="37" t="s">
         <v>332</v>
       </c>
       <c r="C48" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D48" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E48" s="27" t="s">
         <v>332</v>
       </c>
       <c r="F48" s="36">
         <v>1.5015228430000001</v>
       </c>
       <c r="G48" s="36">
         <v>1.4953703700000001</v>
       </c>
       <c r="H48" s="36">
         <v>1.511792453</v>
       </c>
       <c r="I48" s="36">
         <v>1.585918854</v>
       </c>
       <c r="J48" s="36">
@@ -30827,62 +30930,65 @@
       </c>
       <c r="JJ48" s="36">
         <v>1.7373465610000001</v>
       </c>
       <c r="JK48" s="36">
         <v>1.6759206799999999</v>
       </c>
       <c r="JL48" s="36">
         <v>1.636129207</v>
       </c>
       <c r="JM48" s="36">
         <v>1.5758647800000001</v>
       </c>
       <c r="JN48" s="36">
         <v>1.691025966</v>
       </c>
       <c r="JO48" s="36">
         <v>1.7924204050000001</v>
       </c>
       <c r="JP48" s="36">
         <v>1.912311393</v>
       </c>
       <c r="JQ48" s="36">
         <v>1.885198395</v>
       </c>
+      <c r="JR48" s="36">
+        <v>1.6934352100000001</v>
+      </c>
     </row>
-    <row r="49" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C49" s="27" t="s">
         <v>70</v>
       </c>
       <c r="D49" s="27" t="s">
         <v>53</v>
       </c>
       <c r="HG49" s="36"/>
       <c r="HH49" s="36"/>
     </row>
-    <row r="50" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B50" s="27" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D50" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E50" s="27" t="s">
         <v>100</v>
       </c>
       <c r="F50" s="36">
         <v>1.267411866</v>
       </c>
       <c r="G50" s="36">
         <v>1.3886500429999999</v>
       </c>
       <c r="H50" s="36">
         <v>2.1401547719999998</v>
       </c>
       <c r="I50" s="36">
         <v>2.177987962</v>
       </c>
       <c r="J50" s="36">
@@ -31667,52 +31773,55 @@
       </c>
       <c r="JJ50" s="36">
         <v>6.3925019130000003</v>
       </c>
       <c r="JK50" s="36">
         <v>5.4659525630000001</v>
       </c>
       <c r="JL50" s="36">
         <v>6.9923488909999998</v>
       </c>
       <c r="JM50" s="36">
         <v>9.0122417749999997</v>
       </c>
       <c r="JN50" s="36">
         <v>10.64498852</v>
       </c>
       <c r="JO50" s="36">
         <v>10.137719969999999</v>
       </c>
       <c r="JP50" s="36">
         <v>12.51262433</v>
       </c>
       <c r="JQ50" s="36">
         <v>15.575363429999999</v>
       </c>
+      <c r="JR50" s="36">
+        <v>11.18592196</v>
+      </c>
     </row>
-    <row r="51" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B51" s="27" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E51" s="27" t="s">
         <v>101</v>
       </c>
       <c r="F51" s="36">
         <v>1.1210762000000001E-2</v>
       </c>
       <c r="G51" s="36">
         <v>0</v>
       </c>
       <c r="H51" s="36">
         <v>0.168161435</v>
       </c>
       <c r="I51" s="36">
         <v>0.28026905800000002</v>
       </c>
       <c r="J51" s="36">
@@ -32497,52 +32606,55 @@
       </c>
       <c r="JJ51" s="36">
         <v>2.5708712610000002</v>
       </c>
       <c r="JK51" s="36">
         <v>2.2496749020000002</v>
       </c>
       <c r="JL51" s="36">
         <v>3.791937581</v>
       </c>
       <c r="JM51" s="36">
         <v>5.5357607279999996</v>
       </c>
       <c r="JN51" s="36">
         <v>7.906371912</v>
       </c>
       <c r="JO51" s="36">
         <v>8.5396618990000004</v>
       </c>
       <c r="JP51" s="36">
         <v>12.84915475</v>
       </c>
       <c r="JQ51" s="36">
         <v>17.517555269999999</v>
       </c>
+      <c r="JR51" s="36">
+        <v>9.2327698310000006</v>
+      </c>
     </row>
-    <row r="52" spans="2:277" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B52" s="27" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D52" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E52" s="27" t="s">
         <v>102</v>
       </c>
       <c r="F52" s="36">
         <v>0.91920447500000002</v>
       </c>
       <c r="G52" s="36">
         <v>1.0037290240000001</v>
       </c>
       <c r="H52" s="36">
         <v>1.5935363579999999</v>
       </c>
       <c r="I52" s="36">
         <v>1.6519577379999999</v>
       </c>
       <c r="J52" s="36">
@@ -33327,73 +33439,76 @@
       </c>
       <c r="JJ52" s="36">
         <v>4.9768786130000002</v>
       </c>
       <c r="JK52" s="36">
         <v>4.2745664740000002</v>
       </c>
       <c r="JL52" s="36">
         <v>5.8068400770000004</v>
       </c>
       <c r="JM52" s="36">
         <v>7.7244701349999998</v>
       </c>
       <c r="JN52" s="36">
         <v>9.6305394989999993</v>
       </c>
       <c r="JO52" s="36">
         <v>9.545761079</v>
       </c>
       <c r="JP52" s="36">
         <v>12.63728324</v>
       </c>
       <c r="JQ52" s="36">
         <v>16.294797689999999</v>
       </c>
+      <c r="JR52" s="36">
+        <v>10.46242775</v>
+      </c>
     </row>
-    <row r="53" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53"/>
     </row>
-    <row r="54" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54"/>
     </row>
-    <row r="55" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55"/>
     </row>
-    <row r="56" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56"/>
     </row>
-    <row r="57" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57"/>
     </row>
-    <row r="58" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58"/>
     </row>
-    <row r="59" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59"/>
     </row>
-    <row r="60" spans="2:277" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="D13 D1:D10 E11 D53:D1048576">
     <cfRule type="duplicateValues" dxfId="2" priority="35"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E1:E1048576">
     <cfRule type="duplicateValues" dxfId="1" priority="3"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B40">
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWK$4:$WWK$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWJ$4:$WWJ$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>