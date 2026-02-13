--- v1 (2025-11-09)
+++ v2 (2026-02-13)
@@ -47,51 +47,51 @@
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="D7" i="2"/>
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="770" uniqueCount="377">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1169,50 +1169,59 @@
     <t>2025-01</t>
   </si>
   <si>
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
+  </si>
+  <si>
+    <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1656,51 +1665,51 @@
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1717,51 +1726,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1783,51 +1792,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F504F6A8-7633-486A-A0CC-A0CAF9DB8FE1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F504F6A8-7633-486A-A0CC-A0CAF9DB8FE1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4867275" y="36004500"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1844,51 +1853,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{226FFB35-9E3B-49D3-AAA9-CABD481E699F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{226FFB35-9E3B-49D3-AAA9-CABD481E699F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4867275" y="36004500"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2201,194 +2210,194 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWQ18"/>
   <sheetViews>
     <sheetView zoomScale="84" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="11" topLeftCell="JA12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="JR13" sqref="JR13:JR17"/>
+      <selection pane="bottomRight" activeCell="JU13" sqref="JU13:JU17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.85546875" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="24"/>
       <c r="F1" s="24"/>
     </row>
-    <row r="2" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="19"/>
     </row>
-    <row r="3" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
       <c r="E3" s="19"/>
     </row>
-    <row r="4" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>333</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="9"/>
       <c r="WWP4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWQ4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="9"/>
       <c r="WWP5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWQ5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="9"/>
       <c r="WWP6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWQ6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="E7" s="34"/>
       <c r="WWP7" s="3"/>
       <c r="WWQ7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="E8" s="34"/>
       <c r="WWP8" s="3"/>
       <c r="WWQ8" s="3"/>
     </row>
-    <row r="9" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="9"/>
     </row>
-    <row r="10" spans="2:278 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:281 16162:16163" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:278 16162:16163" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:281 16162:16163" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="26" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>110</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>111</v>
       </c>
       <c r="I11" s="26" t="s">
         <v>112</v>
       </c>
       <c r="J11" s="26" t="s">
@@ -3176,61 +3185,70 @@
       </c>
       <c r="JK11" t="s">
         <v>366</v>
       </c>
       <c r="JL11" t="s">
         <v>367</v>
       </c>
       <c r="JM11" t="s">
         <v>368</v>
       </c>
       <c r="JN11" t="s">
         <v>369</v>
       </c>
       <c r="JO11" t="s">
         <v>370</v>
       </c>
       <c r="JP11" t="s">
         <v>371</v>
       </c>
       <c r="JQ11" t="s">
         <v>372</v>
       </c>
       <c r="JR11" t="s">
         <v>373</v>
       </c>
+      <c r="JS11" t="s">
+        <v>374</v>
+      </c>
+      <c r="JT11" t="s">
+        <v>375</v>
+      </c>
+      <c r="JU11" t="s">
+        <v>376</v>
+      </c>
     </row>
-    <row r="12" spans="2:278 16162:16163" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:281 16162:16163" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C12" s="25" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="25" t="s">
         <v>133</v>
       </c>
       <c r="E12" s="25"/>
     </row>
-    <row r="13" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:281 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="29" t="s">
         <v>139</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>134</v>
       </c>
       <c r="E13" s="27" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="27">
         <v>16401</v>
       </c>
       <c r="G13" s="27">
         <v>13523</v>
       </c>
       <c r="H13" s="27">
         <v>23128</v>
       </c>
       <c r="I13" s="27">
         <v>44912</v>
       </c>
       <c r="J13" s="27">
@@ -4018,52 +4036,61 @@
       </c>
       <c r="JK13" s="27">
         <v>19595</v>
       </c>
       <c r="JL13" s="27">
         <v>28224</v>
       </c>
       <c r="JM13" s="27">
         <v>45467</v>
       </c>
       <c r="JN13" s="27">
         <v>43480</v>
       </c>
       <c r="JO13" s="27">
         <v>53850</v>
       </c>
       <c r="JP13" s="27">
         <v>78975</v>
       </c>
       <c r="JQ13" s="27">
         <v>113220</v>
       </c>
       <c r="JR13" s="27">
         <v>57538</v>
       </c>
+      <c r="JS13" s="27">
+        <v>38401</v>
+      </c>
+      <c r="JT13" s="27">
+        <v>28827</v>
+      </c>
+      <c r="JU13" s="27">
+        <v>50917</v>
+      </c>
     </row>
-    <row r="14" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:281 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="27" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="29" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="35" t="s">
         <v>135</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="27">
         <v>49203</v>
       </c>
       <c r="G14" s="27">
         <v>40569</v>
       </c>
       <c r="H14" s="27">
         <v>69384</v>
       </c>
       <c r="I14" s="27">
         <v>134736</v>
       </c>
       <c r="J14" s="27">
@@ -4851,52 +4878,61 @@
       </c>
       <c r="JK14" s="27">
         <v>58785</v>
       </c>
       <c r="JL14" s="27">
         <v>84672</v>
       </c>
       <c r="JM14" s="27">
         <v>136401</v>
       </c>
       <c r="JN14" s="27">
         <v>130440</v>
       </c>
       <c r="JO14" s="27">
         <v>161550</v>
       </c>
       <c r="JP14" s="27">
         <v>236925</v>
       </c>
       <c r="JQ14" s="27">
         <v>339660</v>
       </c>
       <c r="JR14" s="27">
         <v>172614</v>
       </c>
+      <c r="JS14" s="27">
+        <v>115203</v>
+      </c>
+      <c r="JT14" s="27">
+        <v>86481</v>
+      </c>
+      <c r="JU14" s="27">
+        <v>152751</v>
+      </c>
     </row>
-    <row r="15" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:281 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="27" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="35" t="s">
         <v>136</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="27">
         <v>196</v>
       </c>
       <c r="G15" s="27">
         <v>202</v>
       </c>
       <c r="H15" s="27">
         <v>831</v>
       </c>
       <c r="I15" s="27">
         <v>2093</v>
       </c>
       <c r="J15" s="27">
@@ -5684,52 +5720,61 @@
       </c>
       <c r="JK15" s="27">
         <v>109</v>
       </c>
       <c r="JL15" s="27">
         <v>418</v>
       </c>
       <c r="JM15" s="27">
         <v>700</v>
       </c>
       <c r="JN15" s="27">
         <v>1026</v>
       </c>
       <c r="JO15" s="27">
         <v>1075</v>
       </c>
       <c r="JP15" s="27">
         <v>1245</v>
       </c>
       <c r="JQ15" s="27">
         <v>941</v>
       </c>
       <c r="JR15" s="27">
         <v>807</v>
       </c>
+      <c r="JS15" s="27">
+        <v>527</v>
+      </c>
+      <c r="JT15" s="27">
+        <v>220</v>
+      </c>
+      <c r="JU15" s="27">
+        <v>270</v>
+      </c>
     </row>
-    <row r="16" spans="2:278 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:281 16162:16163" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="27" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="29" t="s">
         <v>140</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>137</v>
       </c>
       <c r="E16" s="27" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="27">
         <v>8820</v>
       </c>
       <c r="G16" s="27">
         <v>9090</v>
       </c>
       <c r="H16" s="27">
         <v>37395</v>
       </c>
       <c r="I16" s="27">
         <v>94185</v>
       </c>
       <c r="J16" s="27">
@@ -6517,52 +6562,61 @@
       </c>
       <c r="JK16" s="27">
         <v>4905</v>
       </c>
       <c r="JL16" s="27">
         <v>18810</v>
       </c>
       <c r="JM16" s="27">
         <v>31500</v>
       </c>
       <c r="JN16" s="27">
         <v>46170</v>
       </c>
       <c r="JO16" s="27">
         <v>48375</v>
       </c>
       <c r="JP16" s="27">
         <v>56025</v>
       </c>
       <c r="JQ16" s="27">
         <v>42345</v>
       </c>
       <c r="JR16" s="27">
         <v>36315</v>
       </c>
+      <c r="JS16" s="27">
+        <v>23715</v>
+      </c>
+      <c r="JT16" s="27">
+        <v>9900</v>
+      </c>
+      <c r="JU16" s="27">
+        <v>12150</v>
+      </c>
     </row>
-    <row r="17" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="27" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="30" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="35" t="s">
         <v>138</v>
       </c>
       <c r="E17" s="27" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="27">
         <v>58023</v>
       </c>
       <c r="G17" s="27">
         <v>49659</v>
       </c>
       <c r="H17" s="27">
         <v>106779</v>
       </c>
       <c r="I17" s="27">
         <v>228921</v>
       </c>
       <c r="J17" s="27">
@@ -7350,211 +7404,220 @@
       </c>
       <c r="JK17" s="27">
         <v>63690</v>
       </c>
       <c r="JL17" s="27">
         <v>103482</v>
       </c>
       <c r="JM17" s="27">
         <v>167901</v>
       </c>
       <c r="JN17" s="27">
         <v>176610</v>
       </c>
       <c r="JO17" s="27">
         <v>209925</v>
       </c>
       <c r="JP17" s="27">
         <v>292950</v>
       </c>
       <c r="JQ17" s="27">
         <v>382005</v>
       </c>
       <c r="JR17" s="27">
         <v>208929</v>
       </c>
+      <c r="JS17" s="27">
+        <v>138918</v>
+      </c>
+      <c r="JT17" s="27">
+        <v>96381</v>
+      </c>
+      <c r="JU17" s="27">
+        <v>164901</v>
+      </c>
     </row>
-    <row r="18" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="18" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
   </sheetData>
   <conditionalFormatting sqref="F20:F1048576 F1 F10 D1:E10 D18:E1048576 D11:D12">
     <cfRule type="duplicateValues" dxfId="4" priority="36"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E11:E12">
     <cfRule type="duplicateValues" dxfId="3" priority="1"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWP$4:$WWP$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWQ$4:$WWQ$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWK60"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="IP1" zoomScale="73" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="JO32" sqref="JO32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="40.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="51.5703125" customWidth="1"/>
     <col min="5" max="5" width="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>333</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWJ4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWK4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWJ5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWK5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWJ6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWK6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWJ7" s="3"/>
       <c r="WWK7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWJ8" s="3"/>
       <c r="WWK8" s="3"/>
     </row>
-    <row r="9" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:278 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:281 16156:16157" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:278 16156:16157" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:281 16156:16157" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="31" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="26" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>110</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>111</v>
       </c>
       <c r="I11" s="26" t="s">
         <v>112</v>
       </c>
       <c r="J11" s="26" t="s">
@@ -8342,68 +8405,77 @@
       </c>
       <c r="JK11" s="26" t="s">
         <v>366</v>
       </c>
       <c r="JL11" s="26" t="s">
         <v>367</v>
       </c>
       <c r="JM11" s="26" t="s">
         <v>368</v>
       </c>
       <c r="JN11" s="26" t="s">
         <v>369</v>
       </c>
       <c r="JO11" s="26" t="s">
         <v>370</v>
       </c>
       <c r="JP11" s="26" t="s">
         <v>371</v>
       </c>
       <c r="JQ11" s="26" t="s">
         <v>372</v>
       </c>
       <c r="JR11" s="26" t="s">
         <v>373</v>
       </c>
+      <c r="JS11" s="26" t="s">
+        <v>374</v>
+      </c>
+      <c r="JT11" s="26" t="s">
+        <v>375</v>
+      </c>
+      <c r="JU11" s="26" t="s">
+        <v>376</v>
+      </c>
     </row>
-    <row r="12" spans="2:278 16156:16157" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:281 16156:16157" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="C12" s="33" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="33" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="13" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:281 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C13" s="27" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="27" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="14" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:281 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="27" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>76</v>
       </c>
       <c r="F14" s="27">
         <v>847</v>
       </c>
       <c r="G14" s="27">
         <v>956</v>
       </c>
       <c r="H14" s="27">
         <v>1355</v>
       </c>
       <c r="I14" s="27">
         <v>1315</v>
       </c>
       <c r="J14" s="27">
@@ -9191,52 +9263,61 @@
       </c>
       <c r="JK14" s="27">
         <v>3118</v>
       </c>
       <c r="JL14" s="27">
         <v>3998</v>
       </c>
       <c r="JM14" s="27">
         <v>4513</v>
       </c>
       <c r="JN14" s="27">
         <v>4734</v>
       </c>
       <c r="JO14" s="27">
         <v>3420</v>
       </c>
       <c r="JP14" s="27">
         <v>4685</v>
       </c>
       <c r="JQ14" s="27">
         <v>7552</v>
       </c>
       <c r="JR14" s="27">
         <v>4378</v>
       </c>
+      <c r="JS14" s="27">
+        <v>4198</v>
+      </c>
+      <c r="JT14" s="27">
+        <v>4193</v>
+      </c>
+      <c r="JU14" s="27">
+        <v>5516</v>
+      </c>
     </row>
-    <row r="15" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:281 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="27" t="s">
         <v>77</v>
       </c>
       <c r="C15" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F15" s="27">
         <v>1</v>
       </c>
       <c r="G15" s="27">
         <v>0</v>
       </c>
       <c r="H15" s="27">
         <v>33</v>
       </c>
       <c r="I15" s="27">
         <v>49</v>
       </c>
       <c r="J15" s="27">
@@ -10024,52 +10105,61 @@
       </c>
       <c r="JK15" s="27">
         <v>506</v>
       </c>
       <c r="JL15" s="27">
         <v>691</v>
       </c>
       <c r="JM15" s="27">
         <v>990</v>
       </c>
       <c r="JN15" s="27">
         <v>1045</v>
       </c>
       <c r="JO15" s="27">
         <v>1107</v>
       </c>
       <c r="JP15" s="27">
         <v>903</v>
       </c>
       <c r="JQ15" s="27">
         <v>2192</v>
       </c>
       <c r="JR15" s="27">
         <v>876</v>
       </c>
+      <c r="JS15" s="27">
+        <v>1026</v>
+      </c>
+      <c r="JT15" s="27">
+        <v>642</v>
+      </c>
+      <c r="JU15" s="27">
+        <v>1269</v>
+      </c>
     </row>
-    <row r="16" spans="2:278 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:281 16156:16157" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="27" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="27" t="s">
         <v>78</v>
       </c>
       <c r="F16" s="27">
         <v>848</v>
       </c>
       <c r="G16" s="27">
         <v>956</v>
       </c>
       <c r="H16" s="27">
         <v>1388</v>
       </c>
       <c r="I16" s="27">
         <v>1364</v>
       </c>
       <c r="J16" s="27">
@@ -10857,60 +10947,69 @@
       </c>
       <c r="JK16" s="27">
         <v>3624</v>
       </c>
       <c r="JL16" s="27">
         <v>4689</v>
       </c>
       <c r="JM16" s="27">
         <v>5503</v>
       </c>
       <c r="JN16" s="27">
         <v>5779</v>
       </c>
       <c r="JO16" s="27">
         <v>4527</v>
       </c>
       <c r="JP16" s="27">
         <v>5588</v>
       </c>
       <c r="JQ16" s="27">
         <v>9744</v>
       </c>
       <c r="JR16" s="27">
         <v>5254</v>
       </c>
+      <c r="JS16" s="27">
+        <v>5224</v>
+      </c>
+      <c r="JT16" s="27">
+        <v>4835</v>
+      </c>
+      <c r="JU16" s="27">
+        <v>6785</v>
+      </c>
     </row>
-    <row r="17" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C17" s="27" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="27" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="18" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C18" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="27" t="s">
         <v>79</v>
       </c>
       <c r="F18" s="27">
         <v>1294</v>
       </c>
       <c r="G18" s="27">
         <v>1373</v>
       </c>
       <c r="H18" s="27">
         <v>2044</v>
       </c>
       <c r="I18" s="27">
         <v>2076</v>
       </c>
       <c r="J18" s="27">
@@ -11698,52 +11797,61 @@
       </c>
       <c r="JK18" s="27">
         <v>5005</v>
       </c>
       <c r="JL18" s="27">
         <v>5984</v>
       </c>
       <c r="JM18" s="27">
         <v>7092</v>
       </c>
       <c r="JN18" s="27">
         <v>7902</v>
       </c>
       <c r="JO18" s="27">
         <v>5492</v>
       </c>
       <c r="JP18" s="27">
         <v>8246</v>
       </c>
       <c r="JQ18" s="27">
         <v>12144</v>
       </c>
       <c r="JR18" s="27">
         <v>6972</v>
       </c>
+      <c r="JS18" s="27">
+        <v>7074</v>
+      </c>
+      <c r="JT18" s="27">
+        <v>7160</v>
+      </c>
+      <c r="JU18" s="27">
+        <v>9496</v>
+      </c>
     </row>
-    <row r="19" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="27" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="27" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="27">
         <v>3</v>
       </c>
       <c r="G19" s="27">
         <v>0</v>
       </c>
       <c r="H19" s="27">
         <v>65</v>
       </c>
       <c r="I19" s="27">
         <v>119</v>
       </c>
       <c r="J19" s="27">
@@ -12531,52 +12639,61 @@
       </c>
       <c r="JK19" s="27">
         <v>1059</v>
       </c>
       <c r="JL19" s="27">
         <v>1445</v>
       </c>
       <c r="JM19" s="27">
         <v>1980</v>
       </c>
       <c r="JN19" s="27">
         <v>2454</v>
       </c>
       <c r="JO19" s="27">
         <v>2106</v>
       </c>
       <c r="JP19" s="27">
         <v>2887</v>
       </c>
       <c r="JQ19" s="27">
         <v>6418</v>
       </c>
       <c r="JR19" s="27">
         <v>1984</v>
       </c>
+      <c r="JS19" s="27">
+        <v>2449</v>
+      </c>
+      <c r="JT19" s="27">
+        <v>1222</v>
+      </c>
+      <c r="JU19" s="27">
+        <v>2657</v>
+      </c>
     </row>
-    <row r="20" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="27" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="27">
         <v>1297</v>
       </c>
       <c r="G20" s="27">
         <v>1373</v>
       </c>
       <c r="H20" s="27">
         <v>2109</v>
       </c>
       <c r="I20" s="27">
         <v>2195</v>
       </c>
       <c r="J20" s="27">
@@ -13364,80 +13481,92 @@
       </c>
       <c r="JK20" s="27">
         <v>6064</v>
       </c>
       <c r="JL20" s="27">
         <v>7429</v>
       </c>
       <c r="JM20" s="27">
         <v>9072</v>
       </c>
       <c r="JN20" s="27">
         <v>10356</v>
       </c>
       <c r="JO20" s="27">
         <v>7598</v>
       </c>
       <c r="JP20" s="27">
         <v>11133</v>
       </c>
       <c r="JQ20" s="27">
         <v>18562</v>
       </c>
       <c r="JR20" s="27">
         <v>8956</v>
       </c>
+      <c r="JS20" s="27">
+        <v>9523</v>
+      </c>
+      <c r="JT20" s="27">
+        <v>8382</v>
+      </c>
+      <c r="JU20" s="27">
+        <v>12153</v>
+      </c>
     </row>
-    <row r="21" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C21" s="27" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="27" t="s">
         <v>46</v>
       </c>
       <c r="IY21" s="36"/>
       <c r="IZ21" s="36"/>
       <c r="JA21" s="36"/>
       <c r="JB21" s="36"/>
       <c r="JC21" s="36"/>
       <c r="JD21" s="36"/>
       <c r="JE21" s="36"/>
       <c r="JF21" s="36"/>
       <c r="JG21" s="36"/>
       <c r="JH21" s="36"/>
       <c r="JI21" s="36"/>
       <c r="JJ21" s="36"/>
       <c r="JK21" s="36"/>
       <c r="JL21" s="36"/>
       <c r="JM21" s="36"/>
       <c r="JN21" s="36"/>
       <c r="JO21" s="36"/>
       <c r="JP21" s="36"/>
       <c r="JQ21" s="36"/>
       <c r="JR21" s="36"/>
+      <c r="JS21" s="36"/>
+      <c r="JT21" s="36"/>
+      <c r="JU21" s="36"/>
     </row>
-    <row r="22" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="27" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D22" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="27" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="36">
         <v>1.527744982</v>
       </c>
       <c r="G22" s="36">
         <v>1.4361924690000001</v>
       </c>
       <c r="H22" s="36">
         <v>1.5084870850000001</v>
       </c>
       <c r="I22" s="36">
         <v>1.578707224</v>
       </c>
       <c r="J22" s="36">
@@ -14225,52 +14354,61 @@
       </c>
       <c r="JK22" s="36">
         <v>1.6051956380000001</v>
       </c>
       <c r="JL22" s="36">
         <v>1.496748374</v>
       </c>
       <c r="JM22" s="36">
         <v>1.5714602259999999</v>
       </c>
       <c r="JN22" s="36">
         <v>1.669201521</v>
       </c>
       <c r="JO22" s="36">
         <v>1.6058479530000001</v>
       </c>
       <c r="JP22" s="36">
         <v>1.7600853789999999</v>
       </c>
       <c r="JQ22" s="36">
         <v>1.6080508469999999</v>
       </c>
       <c r="JR22" s="36">
         <v>1.5925079950000001</v>
       </c>
+      <c r="JS22" s="36">
+        <v>1.6850881369999999</v>
+      </c>
+      <c r="JT22" s="36">
+        <v>1.7076079179999999</v>
+      </c>
+      <c r="JU22" s="36">
+        <v>1.7215373460000001</v>
+      </c>
     </row>
-    <row r="23" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="27" t="s">
         <v>83</v>
       </c>
       <c r="C23" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D23" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E23" s="27" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="36">
         <v>3</v>
       </c>
       <c r="G23" s="36">
         <v>0</v>
       </c>
       <c r="H23" s="36">
         <v>1.96969697</v>
       </c>
       <c r="I23" s="36">
         <v>2.4285714289999998</v>
       </c>
       <c r="J23" s="36">
@@ -15058,52 +15196,61 @@
       </c>
       <c r="JK23" s="36">
         <v>2.0928853749999998</v>
       </c>
       <c r="JL23" s="36">
         <v>2.0911722140000002</v>
       </c>
       <c r="JM23" s="36">
         <v>2</v>
       </c>
       <c r="JN23" s="36">
         <v>2.3483253589999999</v>
       </c>
       <c r="JO23" s="36">
         <v>1.902439024</v>
       </c>
       <c r="JP23" s="36">
         <v>3.197120709</v>
       </c>
       <c r="JQ23" s="36">
         <v>2.9279197080000001</v>
       </c>
       <c r="JR23" s="36">
         <v>2.264840183</v>
       </c>
+      <c r="JS23" s="36">
+        <v>2.3869395710000001</v>
+      </c>
+      <c r="JT23" s="36">
+        <v>1.903426791</v>
+      </c>
+      <c r="JU23" s="36">
+        <v>2.0937746260000001</v>
+      </c>
     </row>
-    <row r="24" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="27" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E24" s="27" t="s">
         <v>84</v>
       </c>
       <c r="F24" s="36">
         <v>1.5294811319999999</v>
       </c>
       <c r="G24" s="36">
         <v>1.4361924690000001</v>
       </c>
       <c r="H24" s="36">
         <v>1.51945245</v>
       </c>
       <c r="I24" s="36">
         <v>1.6092375370000001</v>
       </c>
       <c r="J24" s="36">
@@ -15891,60 +16038,69 @@
       </c>
       <c r="JK24" s="36">
         <v>1.6732891830000001</v>
       </c>
       <c r="JL24" s="36">
         <v>1.584346343</v>
       </c>
       <c r="JM24" s="36">
         <v>1.648555333</v>
       </c>
       <c r="JN24" s="36">
         <v>1.7920055370000001</v>
       </c>
       <c r="JO24" s="36">
         <v>1.6783741990000001</v>
       </c>
       <c r="JP24" s="36">
         <v>1.9923049390000001</v>
       </c>
       <c r="JQ24" s="36">
         <v>1.9049671589999999</v>
       </c>
       <c r="JR24" s="36">
         <v>1.7046060139999999</v>
       </c>
+      <c r="JS24" s="36">
+        <v>1.8229326189999999</v>
+      </c>
+      <c r="JT24" s="36">
+        <v>1.7336091</v>
+      </c>
+      <c r="JU24" s="36">
+        <v>1.791156964</v>
+      </c>
     </row>
-    <row r="25" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C25" s="27" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="27" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="26" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="27" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E26" s="27" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="27">
         <v>136</v>
       </c>
       <c r="G26" s="27">
         <v>124</v>
       </c>
       <c r="H26" s="27">
         <v>303</v>
       </c>
       <c r="I26" s="27">
         <v>307</v>
       </c>
       <c r="J26" s="27">
@@ -16732,52 +16888,61 @@
       </c>
       <c r="JK26" s="27">
         <v>1360</v>
       </c>
       <c r="JL26" s="27">
         <v>2062</v>
       </c>
       <c r="JM26" s="27">
         <v>3373</v>
       </c>
       <c r="JN26" s="27">
         <v>4143</v>
       </c>
       <c r="JO26" s="27">
         <v>4388</v>
       </c>
       <c r="JP26" s="27">
         <v>5498</v>
       </c>
       <c r="JQ26" s="27">
         <v>5520</v>
       </c>
       <c r="JR26" s="27">
         <v>4999</v>
       </c>
+      <c r="JS26" s="27">
+        <v>4080</v>
+      </c>
+      <c r="JT26" s="27">
+        <v>1907</v>
+      </c>
+      <c r="JU26" s="27">
+        <v>1632</v>
+      </c>
     </row>
-    <row r="27" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="27" t="s">
         <v>86</v>
       </c>
       <c r="C27" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E27" s="27" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="27">
         <v>1</v>
       </c>
       <c r="G27" s="27">
         <v>0</v>
       </c>
       <c r="H27" s="27">
         <v>5</v>
       </c>
       <c r="I27" s="27">
         <v>5</v>
       </c>
       <c r="J27" s="27">
@@ -17565,52 +17730,61 @@
       </c>
       <c r="JK27" s="27">
         <v>311</v>
       </c>
       <c r="JL27" s="27">
         <v>617</v>
       </c>
       <c r="JM27" s="27">
         <v>1300</v>
       </c>
       <c r="JN27" s="27">
         <v>1901</v>
       </c>
       <c r="JO27" s="27">
         <v>2141</v>
       </c>
       <c r="JP27" s="27">
         <v>2633</v>
       </c>
       <c r="JQ27" s="27">
         <v>2680</v>
       </c>
       <c r="JR27" s="27">
         <v>2573</v>
       </c>
+      <c r="JS27" s="27">
+        <v>1722</v>
+      </c>
+      <c r="JT27" s="27">
+        <v>414</v>
+      </c>
+      <c r="JU27" s="27">
+        <v>334</v>
+      </c>
     </row>
-    <row r="28" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="27" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D28" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E28" s="27" t="s">
         <v>87</v>
       </c>
       <c r="F28" s="27">
         <v>137</v>
       </c>
       <c r="G28" s="27">
         <v>124</v>
       </c>
       <c r="H28" s="27">
         <v>308</v>
       </c>
       <c r="I28" s="27">
         <v>312</v>
       </c>
       <c r="J28" s="27">
@@ -18398,60 +18572,69 @@
       </c>
       <c r="JK28" s="27">
         <v>1671</v>
       </c>
       <c r="JL28" s="27">
         <v>2679</v>
       </c>
       <c r="JM28" s="27">
         <v>4673</v>
       </c>
       <c r="JN28" s="27">
         <v>6044</v>
       </c>
       <c r="JO28" s="27">
         <v>6529</v>
       </c>
       <c r="JP28" s="27">
         <v>8131</v>
       </c>
       <c r="JQ28" s="27">
         <v>8200</v>
       </c>
       <c r="JR28" s="27">
         <v>7572</v>
       </c>
+      <c r="JS28" s="27">
+        <v>5802</v>
+      </c>
+      <c r="JT28" s="27">
+        <v>2321</v>
+      </c>
+      <c r="JU28" s="27">
+        <v>1966</v>
+      </c>
     </row>
-    <row r="29" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C29" s="27" t="s">
         <v>75</v>
       </c>
       <c r="D29" s="27" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="30" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B30" s="27" t="s">
         <v>88</v>
       </c>
       <c r="C30" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="27" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="27">
         <v>180</v>
       </c>
       <c r="G30" s="27">
         <v>242</v>
       </c>
       <c r="H30" s="27">
         <v>445</v>
       </c>
       <c r="I30" s="27">
         <v>457</v>
       </c>
       <c r="J30" s="27">
@@ -19239,52 +19422,61 @@
       </c>
       <c r="JK30" s="27">
         <v>2139</v>
       </c>
       <c r="JL30" s="27">
         <v>3155</v>
       </c>
       <c r="JM30" s="27">
         <v>4687</v>
       </c>
       <c r="JN30" s="27">
         <v>6011</v>
       </c>
       <c r="JO30" s="27">
         <v>7758</v>
       </c>
       <c r="JP30" s="27">
         <v>8108</v>
       </c>
       <c r="JQ30" s="27">
         <v>8213</v>
       </c>
       <c r="JR30" s="27">
         <v>7648</v>
       </c>
+      <c r="JS30" s="27">
+        <v>7397</v>
+      </c>
+      <c r="JT30" s="27">
+        <v>3153</v>
+      </c>
+      <c r="JU30" s="27">
+        <v>2398</v>
+      </c>
     </row>
-    <row r="31" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B31" s="27" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E31" s="27" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="27">
         <v>2</v>
       </c>
       <c r="G31" s="27">
         <v>0</v>
       </c>
       <c r="H31" s="27">
         <v>10</v>
       </c>
       <c r="I31" s="27">
         <v>6</v>
       </c>
       <c r="J31" s="27">
@@ -20072,52 +20264,61 @@
       </c>
       <c r="JK31" s="27">
         <v>671</v>
       </c>
       <c r="JL31" s="27">
         <v>1471</v>
       </c>
       <c r="JM31" s="27">
         <v>2277</v>
       </c>
       <c r="JN31" s="27">
         <v>3626</v>
       </c>
       <c r="JO31" s="27">
         <v>4461</v>
       </c>
       <c r="JP31" s="27">
         <v>6994</v>
       </c>
       <c r="JQ31" s="27">
         <v>7053</v>
       </c>
       <c r="JR31" s="27">
         <v>5116</v>
       </c>
+      <c r="JS31" s="27">
+        <v>3571</v>
+      </c>
+      <c r="JT31" s="27">
+        <v>778</v>
+      </c>
+      <c r="JU31" s="27">
+        <v>689</v>
+      </c>
     </row>
-    <row r="32" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B32" s="27" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D32" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E32" s="27" t="s">
         <v>90</v>
       </c>
       <c r="F32" s="27">
         <v>182</v>
       </c>
       <c r="G32" s="27">
         <v>242</v>
       </c>
       <c r="H32" s="27">
         <v>455</v>
       </c>
       <c r="I32" s="27">
         <v>463</v>
       </c>
       <c r="J32" s="27">
@@ -20905,60 +21106,69 @@
       </c>
       <c r="JK32" s="27">
         <v>2810</v>
       </c>
       <c r="JL32" s="27">
         <v>4626</v>
       </c>
       <c r="JM32" s="27">
         <v>6964</v>
       </c>
       <c r="JN32" s="27">
         <v>9637</v>
       </c>
       <c r="JO32" s="27">
         <v>12219</v>
       </c>
       <c r="JP32" s="27">
         <v>15102</v>
       </c>
       <c r="JQ32" s="27">
         <v>15266</v>
       </c>
       <c r="JR32" s="27">
         <v>12764</v>
       </c>
+      <c r="JS32" s="27">
+        <v>10968</v>
+      </c>
+      <c r="JT32" s="27">
+        <v>3931</v>
+      </c>
+      <c r="JU32" s="27">
+        <v>3087</v>
+      </c>
     </row>
-    <row r="33" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C33" s="27" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="27" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="34" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B34" s="27" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E34" s="27" t="s">
         <v>91</v>
       </c>
       <c r="F34" s="36">
         <v>1.3235294120000001</v>
       </c>
       <c r="G34" s="36">
         <v>1.951612903</v>
       </c>
       <c r="H34" s="36">
         <v>1.468646865</v>
       </c>
       <c r="I34" s="36">
         <v>1.488599349</v>
       </c>
       <c r="J34" s="36">
@@ -21746,52 +21956,61 @@
       </c>
       <c r="JK34" s="36">
         <v>1.572794118</v>
       </c>
       <c r="JL34" s="36">
         <v>1.530067895</v>
       </c>
       <c r="JM34" s="36">
         <v>1.3895641860000001</v>
       </c>
       <c r="JN34" s="36">
         <v>1.450881004</v>
       </c>
       <c r="JO34" s="36">
         <v>1.7680036459999999</v>
       </c>
       <c r="JP34" s="36">
         <v>1.4747180790000001</v>
       </c>
       <c r="JQ34" s="36">
         <v>1.487862319</v>
       </c>
       <c r="JR34" s="36">
         <v>1.529905981</v>
       </c>
+      <c r="JS34" s="36">
+        <v>1.8129901960000001</v>
+      </c>
+      <c r="JT34" s="36">
+        <v>1.6533822760000001</v>
+      </c>
+      <c r="JU34" s="36">
+        <v>1.469362745</v>
+      </c>
     </row>
-    <row r="35" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B35" s="27" t="s">
         <v>92</v>
       </c>
       <c r="C35" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D35" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E35" s="27" t="s">
         <v>92</v>
       </c>
       <c r="F35" s="36">
         <v>2</v>
       </c>
       <c r="G35" s="36">
         <v>0</v>
       </c>
       <c r="H35" s="36">
         <v>2</v>
       </c>
       <c r="I35" s="36">
         <v>1.2</v>
       </c>
       <c r="J35" s="36">
@@ -22579,52 +22798,61 @@
       </c>
       <c r="JK35" s="36">
         <v>2.1575562700000002</v>
       </c>
       <c r="JL35" s="36">
         <v>2.3841166939999998</v>
       </c>
       <c r="JM35" s="36">
         <v>1.7515384620000001</v>
       </c>
       <c r="JN35" s="36">
         <v>1.907417149</v>
       </c>
       <c r="JO35" s="36">
         <v>2.0836057920000002</v>
       </c>
       <c r="JP35" s="36">
         <v>2.656285606</v>
       </c>
       <c r="JQ35" s="36">
         <v>2.6317164179999999</v>
       </c>
       <c r="JR35" s="36">
         <v>1.988340459</v>
       </c>
+      <c r="JS35" s="36">
+        <v>2.0737514520000002</v>
+      </c>
+      <c r="JT35" s="36">
+        <v>1.8792270529999999</v>
+      </c>
+      <c r="JU35" s="36">
+        <v>2.0628742510000002</v>
+      </c>
     </row>
-    <row r="36" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B36" s="27" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D36" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E36" s="27" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="36">
         <v>1.3284671530000001</v>
       </c>
       <c r="G36" s="36">
         <v>1.951612903</v>
       </c>
       <c r="H36" s="36">
         <v>1.4772727269999999</v>
       </c>
       <c r="I36" s="36">
         <v>1.4839743590000001</v>
       </c>
       <c r="J36" s="36">
@@ -23412,60 +23640,69 @@
       </c>
       <c r="JK36" s="36">
         <v>1.681627768</v>
       </c>
       <c r="JL36" s="36">
         <v>1.7267637179999999</v>
       </c>
       <c r="JM36" s="36">
         <v>1.4902632140000001</v>
       </c>
       <c r="JN36" s="36">
         <v>1.594473858</v>
       </c>
       <c r="JO36" s="36">
         <v>1.8714964009999999</v>
       </c>
       <c r="JP36" s="36">
         <v>1.8573361209999999</v>
       </c>
       <c r="JQ36" s="36">
         <v>1.861707317</v>
       </c>
       <c r="JR36" s="36">
         <v>1.6856840989999999</v>
       </c>
+      <c r="JS36" s="36">
+        <v>1.8903826269999999</v>
+      </c>
+      <c r="JT36" s="36">
+        <v>1.6936665230000001</v>
+      </c>
+      <c r="JU36" s="36">
+        <v>1.5701932860000001</v>
+      </c>
     </row>
-    <row r="37" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C37" s="27" t="s">
         <v>67</v>
       </c>
       <c r="D37" s="27" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="38" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B38" s="27" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>94</v>
       </c>
       <c r="F38" s="27">
         <v>983</v>
       </c>
       <c r="G38" s="27">
         <v>1080</v>
       </c>
       <c r="H38" s="27">
         <v>1658</v>
       </c>
       <c r="I38" s="27">
         <v>1622</v>
       </c>
       <c r="J38" s="27">
@@ -24253,52 +24490,61 @@
       </c>
       <c r="JK38" s="27">
         <v>4478</v>
       </c>
       <c r="JL38" s="27">
         <v>6060</v>
       </c>
       <c r="JM38" s="27">
         <v>7886</v>
       </c>
       <c r="JN38" s="27">
         <v>8877</v>
       </c>
       <c r="JO38" s="27">
         <v>7808</v>
       </c>
       <c r="JP38" s="27">
         <v>10183</v>
       </c>
       <c r="JQ38" s="27">
         <v>13072</v>
       </c>
       <c r="JR38" s="27">
         <v>9377</v>
       </c>
+      <c r="JS38" s="27">
+        <v>8278</v>
+      </c>
+      <c r="JT38" s="27">
+        <v>6100</v>
+      </c>
+      <c r="JU38" s="27">
+        <v>7148</v>
+      </c>
     </row>
-    <row r="39" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B39" s="27" t="s">
         <v>95</v>
       </c>
       <c r="C39" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>95</v>
       </c>
       <c r="F39" s="27">
         <v>2</v>
       </c>
       <c r="G39" s="27">
         <v>0</v>
       </c>
       <c r="H39" s="27">
         <v>38</v>
       </c>
       <c r="I39" s="27">
         <v>54</v>
       </c>
       <c r="J39" s="27">
@@ -25086,52 +25332,61 @@
       </c>
       <c r="JK39" s="27">
         <v>817</v>
       </c>
       <c r="JL39" s="27">
         <v>1308</v>
       </c>
       <c r="JM39" s="27">
         <v>2290</v>
       </c>
       <c r="JN39" s="27">
         <v>2946</v>
       </c>
       <c r="JO39" s="27">
         <v>3248</v>
       </c>
       <c r="JP39" s="27">
         <v>3536</v>
       </c>
       <c r="JQ39" s="27">
         <v>4872</v>
       </c>
       <c r="JR39" s="27">
         <v>3449</v>
       </c>
+      <c r="JS39" s="27">
+        <v>2748</v>
+      </c>
+      <c r="JT39" s="27">
+        <v>1056</v>
+      </c>
+      <c r="JU39" s="27">
+        <v>1603</v>
+      </c>
     </row>
-    <row r="40" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B40" s="27" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>103</v>
       </c>
       <c r="F40" s="27">
         <v>985</v>
       </c>
       <c r="G40" s="27">
         <v>1080</v>
       </c>
       <c r="H40" s="27">
         <v>1696</v>
       </c>
       <c r="I40" s="27">
         <v>1676</v>
       </c>
       <c r="J40" s="27">
@@ -25919,60 +26174,69 @@
       </c>
       <c r="JK40" s="27">
         <v>5295</v>
       </c>
       <c r="JL40" s="27">
         <v>7368</v>
       </c>
       <c r="JM40" s="27">
         <v>10176</v>
       </c>
       <c r="JN40" s="27">
         <v>11823</v>
       </c>
       <c r="JO40" s="27">
         <v>11056</v>
       </c>
       <c r="JP40" s="27">
         <v>13719</v>
       </c>
       <c r="JQ40" s="27">
         <v>17944</v>
       </c>
       <c r="JR40" s="27">
         <v>12826</v>
       </c>
+      <c r="JS40" s="27">
+        <v>11026</v>
+      </c>
+      <c r="JT40" s="27">
+        <v>7156</v>
+      </c>
+      <c r="JU40" s="27">
+        <v>8751</v>
+      </c>
     </row>
-    <row r="41" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C41" s="27" t="s">
         <v>68</v>
       </c>
       <c r="D41" s="27" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="42" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B42" s="27" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D42" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E42" s="27" t="s">
         <v>96</v>
       </c>
       <c r="F42" s="27">
         <v>1474</v>
       </c>
       <c r="G42" s="27">
         <v>1615</v>
       </c>
       <c r="H42" s="27">
         <v>2489</v>
       </c>
       <c r="I42" s="27">
         <v>2533</v>
       </c>
       <c r="J42" s="27">
@@ -26760,52 +27024,61 @@
       </c>
       <c r="JK42" s="27">
         <v>7144</v>
       </c>
       <c r="JL42" s="27">
         <v>9139</v>
       </c>
       <c r="JM42" s="27">
         <v>11779</v>
       </c>
       <c r="JN42" s="27">
         <v>13913</v>
       </c>
       <c r="JO42" s="27">
         <v>13250</v>
       </c>
       <c r="JP42" s="27">
         <v>16354</v>
       </c>
       <c r="JQ42" s="27">
         <v>20357</v>
       </c>
       <c r="JR42" s="27">
         <v>14620</v>
       </c>
+      <c r="JS42" s="27">
+        <v>14471</v>
+      </c>
+      <c r="JT42" s="27">
+        <v>10313</v>
+      </c>
+      <c r="JU42" s="27">
+        <v>11894</v>
+      </c>
     </row>
-    <row r="43" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B43" s="27" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D43" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E43" s="27" t="s">
         <v>97</v>
       </c>
       <c r="F43" s="27">
         <v>5</v>
       </c>
       <c r="G43" s="27">
         <v>0</v>
       </c>
       <c r="H43" s="27">
         <v>75</v>
       </c>
       <c r="I43" s="27">
         <v>125</v>
       </c>
       <c r="J43" s="27">
@@ -27593,52 +27866,61 @@
       </c>
       <c r="JK43" s="27">
         <v>1730</v>
       </c>
       <c r="JL43" s="27">
         <v>2916</v>
       </c>
       <c r="JM43" s="27">
         <v>4257</v>
       </c>
       <c r="JN43" s="27">
         <v>6080</v>
       </c>
       <c r="JO43" s="27">
         <v>6567</v>
       </c>
       <c r="JP43" s="27">
         <v>9881</v>
       </c>
       <c r="JQ43" s="27">
         <v>13471</v>
       </c>
       <c r="JR43" s="27">
         <v>7100</v>
       </c>
+      <c r="JS43" s="27">
+        <v>6020</v>
+      </c>
+      <c r="JT43" s="27">
+        <v>2000</v>
+      </c>
+      <c r="JU43" s="27">
+        <v>3346</v>
+      </c>
     </row>
-    <row r="44" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B44" s="27" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D44" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E44" s="27" t="s">
         <v>73</v>
       </c>
       <c r="F44" s="27">
         <v>1479</v>
       </c>
       <c r="G44" s="27">
         <v>1615</v>
       </c>
       <c r="H44" s="27">
         <v>2564</v>
       </c>
       <c r="I44" s="27">
         <v>2658</v>
       </c>
       <c r="J44" s="27">
@@ -28426,60 +28708,69 @@
       </c>
       <c r="JK44" s="27">
         <v>8874</v>
       </c>
       <c r="JL44" s="27">
         <v>12055</v>
       </c>
       <c r="JM44" s="27">
         <v>16036</v>
       </c>
       <c r="JN44" s="27">
         <v>19993</v>
       </c>
       <c r="JO44" s="27">
         <v>19817</v>
       </c>
       <c r="JP44" s="27">
         <v>26235</v>
       </c>
       <c r="JQ44" s="27">
         <v>33828</v>
       </c>
       <c r="JR44" s="27">
         <v>21720</v>
       </c>
+      <c r="JS44" s="27">
+        <v>20491</v>
+      </c>
+      <c r="JT44" s="27">
+        <v>12313</v>
+      </c>
+      <c r="JU44" s="27">
+        <v>15240</v>
+      </c>
     </row>
-    <row r="45" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C45" s="27" t="s">
         <v>69</v>
       </c>
       <c r="D45" s="27" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="46" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B46" s="27" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D46" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E46" s="27" t="s">
         <v>98</v>
       </c>
       <c r="F46" s="36">
         <v>1.499491353</v>
       </c>
       <c r="G46" s="36">
         <v>1.4953703700000001</v>
       </c>
       <c r="H46" s="36">
         <v>1.501206273</v>
       </c>
       <c r="I46" s="36">
         <v>1.561652281</v>
       </c>
       <c r="J46" s="36">
@@ -29267,52 +29558,61 @@
       </c>
       <c r="JK46" s="36">
         <v>1.595355069</v>
       </c>
       <c r="JL46" s="36">
         <v>1.508085809</v>
       </c>
       <c r="JM46" s="36">
         <v>1.4936596499999999</v>
       </c>
       <c r="JN46" s="36">
         <v>1.5673087750000001</v>
       </c>
       <c r="JO46" s="36">
         <v>1.696977459</v>
       </c>
       <c r="JP46" s="36">
         <v>1.606010017</v>
       </c>
       <c r="JQ46" s="36">
         <v>1.557298042</v>
       </c>
       <c r="JR46" s="36">
         <v>1.559134051</v>
       </c>
+      <c r="JS46" s="36">
+        <v>1.748127567</v>
+      </c>
+      <c r="JT46" s="36">
+        <v>1.690655738</v>
+      </c>
+      <c r="JU46" s="36">
+        <v>1.663961947</v>
+      </c>
     </row>
-    <row r="47" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B47" s="27" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D47" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E47" s="27" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="36">
         <v>2.5</v>
       </c>
       <c r="G47" s="36">
         <v>0</v>
       </c>
       <c r="H47" s="36">
         <v>1.9736842109999999</v>
       </c>
       <c r="I47" s="36">
         <v>2.3148148150000001</v>
       </c>
       <c r="J47" s="36">
@@ -30100,52 +30400,61 @@
       </c>
       <c r="JK47" s="36">
         <v>2.1175030600000002</v>
       </c>
       <c r="JL47" s="36">
         <v>2.2293577980000001</v>
       </c>
       <c r="JM47" s="36">
         <v>1.8589519649999999</v>
       </c>
       <c r="JN47" s="36">
         <v>2.0638153429999999</v>
       </c>
       <c r="JO47" s="36">
         <v>2.021859606</v>
       </c>
       <c r="JP47" s="36">
         <v>2.7944004520000001</v>
       </c>
       <c r="JQ47" s="36">
         <v>2.76498358</v>
       </c>
       <c r="JR47" s="36">
         <v>2.0585677009999999</v>
       </c>
+      <c r="JS47" s="36">
+        <v>2.1906841340000001</v>
+      </c>
+      <c r="JT47" s="36">
+        <v>1.893939394</v>
+      </c>
+      <c r="JU47" s="36">
+        <v>2.0873362449999999</v>
+      </c>
     </row>
-    <row r="48" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B48" s="37" t="s">
         <v>332</v>
       </c>
       <c r="C48" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D48" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E48" s="27" t="s">
         <v>332</v>
       </c>
       <c r="F48" s="36">
         <v>1.5015228430000001</v>
       </c>
       <c r="G48" s="36">
         <v>1.4953703700000001</v>
       </c>
       <c r="H48" s="36">
         <v>1.511792453</v>
       </c>
       <c r="I48" s="36">
         <v>1.585918854</v>
       </c>
       <c r="J48" s="36">
@@ -30933,62 +31242,71 @@
       </c>
       <c r="JK48" s="36">
         <v>1.6759206799999999</v>
       </c>
       <c r="JL48" s="36">
         <v>1.636129207</v>
       </c>
       <c r="JM48" s="36">
         <v>1.5758647800000001</v>
       </c>
       <c r="JN48" s="36">
         <v>1.691025966</v>
       </c>
       <c r="JO48" s="36">
         <v>1.7924204050000001</v>
       </c>
       <c r="JP48" s="36">
         <v>1.912311393</v>
       </c>
       <c r="JQ48" s="36">
         <v>1.885198395</v>
       </c>
       <c r="JR48" s="36">
         <v>1.6934352100000001</v>
       </c>
+      <c r="JS48" s="36">
+        <v>1.85842554</v>
+      </c>
+      <c r="JT48" s="36">
+        <v>1.7206539970000001</v>
+      </c>
+      <c r="JU48" s="36">
+        <v>1.7415152549999999</v>
+      </c>
     </row>
-    <row r="49" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C49" s="27" t="s">
         <v>70</v>
       </c>
       <c r="D49" s="27" t="s">
         <v>53</v>
       </c>
       <c r="HG49" s="36"/>
       <c r="HH49" s="36"/>
     </row>
-    <row r="50" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B50" s="27" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="28" t="s">
         <v>72</v>
       </c>
       <c r="D50" s="28" t="s">
         <v>43</v>
       </c>
       <c r="E50" s="27" t="s">
         <v>100</v>
       </c>
       <c r="F50" s="36">
         <v>1.267411866</v>
       </c>
       <c r="G50" s="36">
         <v>1.3886500429999999</v>
       </c>
       <c r="H50" s="36">
         <v>2.1401547719999998</v>
       </c>
       <c r="I50" s="36">
         <v>2.177987962</v>
       </c>
       <c r="J50" s="36">
@@ -31776,52 +32094,61 @@
       </c>
       <c r="JK50" s="36">
         <v>5.4659525630000001</v>
       </c>
       <c r="JL50" s="36">
         <v>6.9923488909999998</v>
       </c>
       <c r="JM50" s="36">
         <v>9.0122417749999997</v>
       </c>
       <c r="JN50" s="36">
         <v>10.64498852</v>
       </c>
       <c r="JO50" s="36">
         <v>10.137719969999999</v>
       </c>
       <c r="JP50" s="36">
         <v>12.51262433</v>
       </c>
       <c r="JQ50" s="36">
         <v>15.575363429999999</v>
       </c>
       <c r="JR50" s="36">
         <v>11.18592196</v>
       </c>
+      <c r="JS50" s="36">
+        <v>11.07192043</v>
+      </c>
+      <c r="JT50" s="36">
+        <v>7.8905891349999999</v>
+      </c>
+      <c r="JU50" s="36">
+        <v>9.1002295330000003</v>
+      </c>
     </row>
-    <row r="51" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B51" s="27" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="28" t="s">
         <v>307</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>44</v>
       </c>
       <c r="E51" s="27" t="s">
         <v>101</v>
       </c>
       <c r="F51" s="36">
         <v>1.1210762000000001E-2</v>
       </c>
       <c r="G51" s="36">
         <v>0</v>
       </c>
       <c r="H51" s="36">
         <v>0.168161435</v>
       </c>
       <c r="I51" s="36">
         <v>0.28026905800000002</v>
       </c>
       <c r="J51" s="36">
@@ -32609,52 +32936,61 @@
       </c>
       <c r="JK51" s="36">
         <v>2.2496749020000002</v>
       </c>
       <c r="JL51" s="36">
         <v>3.791937581</v>
       </c>
       <c r="JM51" s="36">
         <v>5.5357607279999996</v>
       </c>
       <c r="JN51" s="36">
         <v>7.906371912</v>
       </c>
       <c r="JO51" s="36">
         <v>8.5396618990000004</v>
       </c>
       <c r="JP51" s="36">
         <v>12.84915475</v>
       </c>
       <c r="JQ51" s="36">
         <v>17.517555269999999</v>
       </c>
       <c r="JR51" s="36">
         <v>9.2327698310000006</v>
       </c>
+      <c r="JS51" s="36">
+        <v>7.8283485050000001</v>
+      </c>
+      <c r="JT51" s="36">
+        <v>2.6007802340000001</v>
+      </c>
+      <c r="JU51" s="36">
+        <v>4.3511053320000004</v>
+      </c>
     </row>
-    <row r="52" spans="2:278" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:281" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B52" s="27" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D52" s="28" t="s">
         <v>38</v>
       </c>
       <c r="E52" s="27" t="s">
         <v>102</v>
       </c>
       <c r="F52" s="36">
         <v>0.91920447500000002</v>
       </c>
       <c r="G52" s="36">
         <v>1.0037290240000001</v>
       </c>
       <c r="H52" s="36">
         <v>1.5935363579999999</v>
       </c>
       <c r="I52" s="36">
         <v>1.6519577379999999</v>
       </c>
       <c r="J52" s="36">
@@ -33442,73 +33778,82 @@
       </c>
       <c r="JK52" s="36">
         <v>4.2745664740000002</v>
       </c>
       <c r="JL52" s="36">
         <v>5.8068400770000004</v>
       </c>
       <c r="JM52" s="36">
         <v>7.7244701349999998</v>
       </c>
       <c r="JN52" s="36">
         <v>9.6305394989999993</v>
       </c>
       <c r="JO52" s="36">
         <v>9.545761079</v>
       </c>
       <c r="JP52" s="36">
         <v>12.63728324</v>
       </c>
       <c r="JQ52" s="36">
         <v>16.294797689999999</v>
       </c>
       <c r="JR52" s="36">
         <v>10.46242775</v>
       </c>
+      <c r="JS52" s="36">
+        <v>9.8704238919999998</v>
+      </c>
+      <c r="JT52" s="36">
+        <v>5.9311175340000002</v>
+      </c>
+      <c r="JU52" s="36">
+        <v>7.3410404619999996</v>
+      </c>
     </row>
-    <row r="53" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53"/>
     </row>
-    <row r="54" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54"/>
     </row>
-    <row r="55" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55"/>
     </row>
-    <row r="56" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56"/>
     </row>
-    <row r="57" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57"/>
     </row>
-    <row r="58" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58"/>
     </row>
-    <row r="59" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59"/>
     </row>
-    <row r="60" spans="2:278" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:281" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="D13 D1:D10 E11 D53:D1048576">
     <cfRule type="duplicateValues" dxfId="2" priority="35"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E1:E1048576">
     <cfRule type="duplicateValues" dxfId="1" priority="3"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B40">
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWK$4:$WWK$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWJ$4:$WWJ$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>