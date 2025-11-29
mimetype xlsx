--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -140,51 +140,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Daniel SURANYI:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 different to other SDMX-MES DSDs.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="625" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="626" uniqueCount="386">
   <si>
     <t>DataStructure</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>UNIT_MEASURE</t>
   </si>
   <si>
     <t>TIME_FORMAT</t>
   </si>
   <si>
     <t>P1M</t>
   </si>
   <si>
@@ -1492,50 +1492,53 @@
     <t>2024-10</t>
   </si>
   <si>
     <t>2024-11</t>
   </si>
   <si>
     <t>2024-12</t>
   </si>
   <si>
     <t>2025-01</t>
   </si>
   <si>
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
+  </si>
+  <si>
+    <t>2025-07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -6927,71 +6930,71 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registry.sdmxcloud.org/ws/public/sdmxapi/rest/datastructure/ESTAT/HICPAP/0.2/?format=sdmx-2.1&amp;detail=full&amp;references=all" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registry.sdmxcloud.org/ws/public/sdmxapi/rest/datastructure/ESTAT/CPI/0.2/?format=sdmx-2.1&amp;detail=full&amp;references=all" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DQ113"/>
+  <dimension ref="A1:DR113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="6" ySplit="19" topLeftCell="DE20" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
-      <selection pane="bottomRight" activeCell="DN28" sqref="DN28"/>
+      <selection pane="bottomRight" activeCell="DG26" sqref="DG26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="55.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="44.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="46" width="7.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="47" max="52" width="8" style="3" bestFit="1" customWidth="1"/>
-    <col min="53" max="121" width="9.7109375" style="3" customWidth="1"/>
-    <col min="122" max="16384" width="55.140625" style="3"/>
+    <col min="53" max="122" width="9.7109375" style="3" customWidth="1"/>
+    <col min="123" max="16384" width="55.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="72" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="75" t="s">
         <v>315</v>
       </c>
       <c r="C1" s="76" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="73" t="s">
         <v>235</v>
       </c>
       <c r="B2" s="77" t="s">
         <v>252</v>
       </c>
       <c r="C2" s="78" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
@@ -7126,58 +7129,58 @@
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="79" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="86">
         <v>0</v>
       </c>
       <c r="C15" s="78" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:3" s="71" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="87" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="88" t="s">
         <v>250</v>
       </c>
       <c r="C16" s="89" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="17" spans="1:121" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:122" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="74" t="s">
         <v>73</v>
       </c>
       <c r="B17" s="90"/>
       <c r="C17" s="83"/>
     </row>
-    <row r="19" spans="1:121" s="63" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:122" s="63" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="62" t="s">
         <v>254</v>
       </c>
       <c r="B19" s="62" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="58" t="s">
         <v>253</v>
       </c>
       <c r="D19" s="64" t="s">
         <v>164</v>
       </c>
       <c r="E19" s="64" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="64" t="s">
         <v>177</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -7497,52 +7500,55 @@
       </c>
       <c r="DJ19" s="1" t="s">
         <v>377</v>
       </c>
       <c r="DK19" s="1" t="s">
         <v>378</v>
       </c>
       <c r="DL19" s="1" t="s">
         <v>379</v>
       </c>
       <c r="DM19" s="1" t="s">
         <v>380</v>
       </c>
       <c r="DN19" s="1" t="s">
         <v>381</v>
       </c>
       <c r="DO19" s="1" t="s">
         <v>382</v>
       </c>
       <c r="DP19" s="1" t="s">
         <v>383</v>
       </c>
       <c r="DQ19" s="1" t="s">
         <v>384</v>
       </c>
+      <c r="DR19" s="1" t="s">
+        <v>385</v>
+      </c>
     </row>
-    <row r="20" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A20" s="66" t="s">
         <v>208</v>
       </c>
       <c r="B20" s="67" t="s">
         <v>209</v>
       </c>
       <c r="C20" s="67" t="s">
         <v>271</v>
       </c>
       <c r="D20" s="68" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="68" t="s">
         <v>237</v>
       </c>
       <c r="F20" s="68" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="69">
         <v>100</v>
       </c>
       <c r="H20" s="69">
         <v>99.82</v>
       </c>
       <c r="I20" s="69">
@@ -7862,52 +7868,55 @@
       </c>
       <c r="DJ20" s="69">
         <v>118.75</v>
       </c>
       <c r="DK20" s="69">
         <v>119.18</v>
       </c>
       <c r="DL20" s="69">
         <v>119.88</v>
       </c>
       <c r="DM20" s="69">
         <v>119.73</v>
       </c>
       <c r="DN20" s="69">
         <v>119.97</v>
       </c>
       <c r="DO20" s="69">
         <v>120.71</v>
       </c>
       <c r="DP20" s="69">
         <v>120.48</v>
       </c>
       <c r="DQ20" s="69">
         <v>121.22</v>
       </c>
+      <c r="DR20" s="69">
+        <v>121.46</v>
+      </c>
     </row>
-    <row r="21" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A21" s="65" t="s">
         <v>210</v>
       </c>
       <c r="B21" s="61" t="s">
         <v>211</v>
       </c>
       <c r="C21" s="59" t="s">
         <v>272</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>238</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="60">
         <v>100</v>
       </c>
       <c r="H21" s="60">
         <v>99.96</v>
       </c>
       <c r="I21" s="60">
@@ -8227,52 +8236,55 @@
       </c>
       <c r="DJ21" s="60">
         <v>142.28</v>
       </c>
       <c r="DK21" s="60">
         <v>142.11000000000001</v>
       </c>
       <c r="DL21" s="60">
         <v>142.84</v>
       </c>
       <c r="DM21" s="60">
         <v>142.74</v>
       </c>
       <c r="DN21" s="60">
         <v>143.44</v>
       </c>
       <c r="DO21" s="60">
         <v>144.59</v>
       </c>
       <c r="DP21" s="60">
         <v>145.05000000000001</v>
       </c>
       <c r="DQ21" s="60">
         <v>144.84</v>
       </c>
+      <c r="DR21" s="60">
+        <v>145.19999999999999</v>
+      </c>
     </row>
-    <row r="22" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A22" s="65" t="s">
         <v>212</v>
       </c>
       <c r="B22" s="61" t="s">
         <v>213</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>273</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>239</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="60">
         <v>100</v>
       </c>
       <c r="H22" s="60">
         <v>99.79</v>
       </c>
       <c r="I22" s="60">
@@ -8592,52 +8604,55 @@
       </c>
       <c r="DJ22" s="60">
         <v>130.15</v>
       </c>
       <c r="DK22" s="60">
         <v>130.87</v>
       </c>
       <c r="DL22" s="60">
         <v>130.87</v>
       </c>
       <c r="DM22" s="60">
         <v>130.62</v>
       </c>
       <c r="DN22" s="60">
         <v>130.69999999999999</v>
       </c>
       <c r="DO22" s="60">
         <v>131.01</v>
       </c>
       <c r="DP22" s="60">
         <v>130.85</v>
       </c>
       <c r="DQ22" s="60">
         <v>130.63</v>
       </c>
+      <c r="DR22" s="60">
+        <v>130.43</v>
+      </c>
     </row>
-    <row r="23" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A23" s="65" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="59" t="s">
         <v>215</v>
       </c>
       <c r="C23" s="59" t="s">
         <v>274</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="60">
         <v>100</v>
       </c>
       <c r="H23" s="60">
         <v>99.95</v>
       </c>
       <c r="I23" s="60">
@@ -8957,52 +8972,55 @@
       </c>
       <c r="DJ23" s="60">
         <v>118.38</v>
       </c>
       <c r="DK23" s="60">
         <v>118.39</v>
       </c>
       <c r="DL23" s="60">
         <v>118.39</v>
       </c>
       <c r="DM23" s="60">
         <v>118.39</v>
       </c>
       <c r="DN23" s="60">
         <v>118.12</v>
       </c>
       <c r="DO23" s="60">
         <v>118.5</v>
       </c>
       <c r="DP23" s="60">
         <v>118.5</v>
       </c>
       <c r="DQ23" s="60">
         <v>118.5</v>
       </c>
+      <c r="DR23" s="60">
+        <v>118.5</v>
+      </c>
     </row>
-    <row r="24" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A24" s="65" t="s">
         <v>216</v>
       </c>
       <c r="B24" s="61" t="s">
         <v>217</v>
       </c>
       <c r="C24" s="96" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>241</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="60">
         <v>100</v>
       </c>
       <c r="H24" s="60">
         <v>100</v>
       </c>
       <c r="I24" s="60">
@@ -9322,52 +9340,55 @@
       </c>
       <c r="DJ24" s="60">
         <v>112.78</v>
       </c>
       <c r="DK24" s="60">
         <v>113.6</v>
       </c>
       <c r="DL24" s="60">
         <v>113.19</v>
       </c>
       <c r="DM24" s="60">
         <v>113.74</v>
       </c>
       <c r="DN24" s="60">
         <v>112.82</v>
       </c>
       <c r="DO24" s="60">
         <v>112.34</v>
       </c>
       <c r="DP24" s="60">
         <v>112.16</v>
       </c>
       <c r="DQ24" s="60">
         <v>112.5</v>
       </c>
+      <c r="DR24" s="60">
+        <v>112.8</v>
+      </c>
     </row>
-    <row r="25" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A25" s="65" t="s">
         <v>218</v>
       </c>
       <c r="B25" s="61" t="s">
         <v>219</v>
       </c>
       <c r="C25" s="59" t="s">
         <v>276</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>242</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="60">
         <v>100</v>
       </c>
       <c r="H25" s="60">
         <v>99.99</v>
       </c>
       <c r="I25" s="60">
@@ -9687,52 +9708,55 @@
       </c>
       <c r="DJ25" s="60">
         <v>116.95</v>
       </c>
       <c r="DK25" s="60">
         <v>116.98</v>
       </c>
       <c r="DL25" s="60">
         <v>117.48</v>
       </c>
       <c r="DM25" s="60">
         <v>119.5</v>
       </c>
       <c r="DN25" s="60">
         <v>118.97</v>
       </c>
       <c r="DO25" s="60">
         <v>118.96</v>
       </c>
       <c r="DP25" s="60">
         <v>119</v>
       </c>
       <c r="DQ25" s="60">
         <v>119.15</v>
       </c>
+      <c r="DR25" s="60">
+        <v>119.26</v>
+      </c>
     </row>
-    <row r="26" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A26" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B26" s="59" t="s">
         <v>221</v>
       </c>
       <c r="C26" s="59" t="s">
         <v>277</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>243</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="60">
         <v>100</v>
       </c>
       <c r="H26" s="60">
         <v>100</v>
       </c>
       <c r="I26" s="60">
@@ -10052,52 +10076,55 @@
       </c>
       <c r="DJ26" s="60">
         <v>107.58</v>
       </c>
       <c r="DK26" s="60">
         <v>107.58</v>
       </c>
       <c r="DL26" s="60">
         <v>107.58</v>
       </c>
       <c r="DM26" s="60">
         <v>107.58</v>
       </c>
       <c r="DN26" s="60">
         <v>107.58</v>
       </c>
       <c r="DO26" s="60">
         <v>107.58</v>
       </c>
       <c r="DP26" s="60">
         <v>107.57</v>
       </c>
       <c r="DQ26" s="60">
         <v>107.57</v>
       </c>
+      <c r="DR26" s="60">
+        <v>107.57</v>
+      </c>
     </row>
-    <row r="27" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A27" s="65" t="s">
         <v>222</v>
       </c>
       <c r="B27" s="59" t="s">
         <v>223</v>
       </c>
       <c r="C27" s="59" t="s">
         <v>278</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="60">
         <v>100</v>
       </c>
       <c r="H27" s="60">
         <v>98.45</v>
       </c>
       <c r="I27" s="60">
@@ -10417,52 +10444,55 @@
       </c>
       <c r="DJ27" s="60">
         <v>116.78</v>
       </c>
       <c r="DK27" s="60">
         <v>117.49</v>
       </c>
       <c r="DL27" s="60">
         <v>118.05</v>
       </c>
       <c r="DM27" s="60">
         <v>116.84</v>
       </c>
       <c r="DN27" s="60">
         <v>116.06</v>
       </c>
       <c r="DO27" s="60">
         <v>114.98</v>
       </c>
       <c r="DP27" s="60">
         <v>115.07</v>
       </c>
       <c r="DQ27" s="60">
         <v>116.71</v>
       </c>
+      <c r="DR27" s="60">
+        <v>116.4</v>
+      </c>
     </row>
-    <row r="28" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A28" s="65" t="s">
         <v>224</v>
       </c>
       <c r="B28" s="59" t="s">
         <v>225</v>
       </c>
       <c r="C28" s="59" t="s">
         <v>279</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>245</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="60">
         <v>100</v>
       </c>
       <c r="H28" s="60">
         <v>100.25</v>
       </c>
       <c r="I28" s="60">
@@ -10782,52 +10812,55 @@
       </c>
       <c r="DJ28" s="60">
         <v>96.25</v>
       </c>
       <c r="DK28" s="60">
         <v>96.25</v>
       </c>
       <c r="DL28" s="60">
         <v>96.25</v>
       </c>
       <c r="DM28" s="60">
         <v>96.25</v>
       </c>
       <c r="DN28" s="60">
         <v>96.25</v>
       </c>
       <c r="DO28" s="60">
         <v>96.25</v>
       </c>
       <c r="DP28" s="60">
         <v>96.25</v>
       </c>
       <c r="DQ28" s="60">
         <v>96.25</v>
       </c>
+      <c r="DR28" s="60">
+        <v>96.25</v>
+      </c>
     </row>
-    <row r="29" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A29" s="65" t="s">
         <v>226</v>
       </c>
       <c r="B29" s="61" t="s">
         <v>227</v>
       </c>
       <c r="C29" s="59" t="s">
         <v>280</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>246</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="60">
         <v>100</v>
       </c>
       <c r="H29" s="60">
         <v>99.67</v>
       </c>
       <c r="I29" s="60">
@@ -11147,52 +11180,55 @@
       </c>
       <c r="DJ29" s="60">
         <v>112.72</v>
       </c>
       <c r="DK29" s="60">
         <v>115.27</v>
       </c>
       <c r="DL29" s="60">
         <v>115.34</v>
       </c>
       <c r="DM29" s="60">
         <v>116.21</v>
       </c>
       <c r="DN29" s="60">
         <v>115.91</v>
       </c>
       <c r="DO29" s="60">
         <v>116.55</v>
       </c>
       <c r="DP29" s="60">
         <v>115.64</v>
       </c>
       <c r="DQ29" s="60">
         <v>116.58</v>
       </c>
+      <c r="DR29" s="60">
+        <v>117.09</v>
+      </c>
     </row>
-    <row r="30" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A30" s="65" t="s">
         <v>228</v>
       </c>
       <c r="B30" s="59" t="s">
         <v>229</v>
       </c>
       <c r="C30" s="59" t="s">
         <v>230</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>247</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="60">
         <v>100</v>
       </c>
       <c r="H30" s="60">
         <v>100</v>
       </c>
       <c r="I30" s="60">
@@ -11512,52 +11548,55 @@
       </c>
       <c r="DJ30" s="60">
         <v>106.42</v>
       </c>
       <c r="DK30" s="60">
         <v>106.42</v>
       </c>
       <c r="DL30" s="60">
         <v>106.42</v>
       </c>
       <c r="DM30" s="60">
         <v>106.42</v>
       </c>
       <c r="DN30" s="60">
         <v>106.42</v>
       </c>
       <c r="DO30" s="60">
         <v>106.42</v>
       </c>
       <c r="DP30" s="60">
         <v>106.42</v>
       </c>
       <c r="DQ30" s="60">
         <v>106.42</v>
       </c>
+      <c r="DR30" s="60">
+        <v>106.42</v>
+      </c>
     </row>
-    <row r="31" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A31" s="65" t="s">
         <v>231</v>
       </c>
       <c r="B31" s="61" t="s">
         <v>256</v>
       </c>
       <c r="C31" s="61" t="s">
         <v>270</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="60">
         <v>100</v>
       </c>
       <c r="H31" s="60">
         <v>100.68</v>
       </c>
       <c r="I31" s="60">
@@ -11877,52 +11916,55 @@
       </c>
       <c r="DJ31" s="60">
         <v>120.24</v>
       </c>
       <c r="DK31" s="60">
         <v>119.79</v>
       </c>
       <c r="DL31" s="60">
         <v>123.7</v>
       </c>
       <c r="DM31" s="60">
         <v>121.99</v>
       </c>
       <c r="DN31" s="60">
         <v>122.22</v>
       </c>
       <c r="DO31" s="60">
         <v>126.46</v>
       </c>
       <c r="DP31" s="60">
         <v>124.52</v>
       </c>
       <c r="DQ31" s="60">
         <v>127.43</v>
       </c>
+      <c r="DR31" s="60">
+        <v>128.71</v>
+      </c>
     </row>
-    <row r="32" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A32" s="65" t="s">
         <v>232</v>
       </c>
       <c r="B32" s="59" t="s">
         <v>233</v>
       </c>
       <c r="C32" s="59" t="s">
         <v>234</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="60">
         <v>100</v>
       </c>
       <c r="H32" s="60">
         <v>99.94</v>
       </c>
       <c r="I32" s="60">
@@ -12242,52 +12284,55 @@
       </c>
       <c r="DJ32" s="60">
         <v>109.78</v>
       </c>
       <c r="DK32" s="60">
         <v>110.35</v>
       </c>
       <c r="DL32" s="60">
         <v>110.37</v>
       </c>
       <c r="DM32" s="60">
         <v>110.39</v>
       </c>
       <c r="DN32" s="60">
         <v>114.11</v>
       </c>
       <c r="DO32" s="60">
         <v>115.73</v>
       </c>
       <c r="DP32" s="60">
         <v>115.9</v>
       </c>
       <c r="DQ32" s="60">
         <v>115.98</v>
       </c>
+      <c r="DR32" s="60">
+        <v>115.96</v>
+      </c>
     </row>
-    <row r="33" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A33" s="66" t="s">
         <v>257</v>
       </c>
       <c r="B33" s="67" t="s">
         <v>281</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>282</v>
       </c>
       <c r="D33" s="68" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="68" t="s">
         <v>307</v>
       </c>
       <c r="F33" s="68" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="69"/>
       <c r="H33" s="95">
         <v>1000000</v>
       </c>
       <c r="I33" s="95">
         <v>1000000</v>
       </c>
@@ -12605,52 +12650,55 @@
       </c>
       <c r="DJ33" s="95">
         <v>1000000</v>
       </c>
       <c r="DK33" s="95">
         <v>1000000</v>
       </c>
       <c r="DL33" s="95">
         <v>1000000</v>
       </c>
       <c r="DM33" s="95">
         <v>1000000</v>
       </c>
       <c r="DN33" s="95">
         <v>1000000</v>
       </c>
       <c r="DO33" s="95">
         <v>1000000</v>
       </c>
       <c r="DP33" s="95">
         <v>1000000</v>
       </c>
       <c r="DQ33" s="95">
         <v>1000000</v>
       </c>
+      <c r="DR33" s="95">
+        <v>1000000</v>
+      </c>
     </row>
-    <row r="34" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A34" s="65" t="s">
         <v>258</v>
       </c>
       <c r="B34" s="61" t="s">
         <v>283</v>
       </c>
       <c r="C34" s="59" t="s">
         <v>284</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>238</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="70"/>
       <c r="H34" s="91">
         <v>168491</v>
       </c>
       <c r="I34" s="94">
         <v>168491</v>
       </c>
@@ -12968,52 +13016,55 @@
       </c>
       <c r="DJ34" s="94">
         <v>178480</v>
       </c>
       <c r="DK34" s="94">
         <v>178480</v>
       </c>
       <c r="DL34" s="94">
         <v>177439</v>
       </c>
       <c r="DM34" s="94">
         <v>177439</v>
       </c>
       <c r="DN34" s="94">
         <v>177439</v>
       </c>
       <c r="DO34" s="94">
         <v>177439</v>
       </c>
       <c r="DP34" s="94">
         <v>177439</v>
       </c>
       <c r="DQ34" s="94">
         <v>177439</v>
       </c>
+      <c r="DR34" s="94">
+        <v>177439</v>
+      </c>
     </row>
-    <row r="35" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A35" s="65" t="s">
         <v>259</v>
       </c>
       <c r="B35" s="61" t="s">
         <v>285</v>
       </c>
       <c r="C35" s="59" t="s">
         <v>286</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>239</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="70"/>
       <c r="H35" s="91">
         <v>10600</v>
       </c>
       <c r="I35" s="94">
         <v>10600</v>
       </c>
@@ -13331,52 +13382,55 @@
       </c>
       <c r="DJ35" s="94">
         <v>10032</v>
       </c>
       <c r="DK35" s="94">
         <v>10032</v>
       </c>
       <c r="DL35" s="94">
         <v>10202</v>
       </c>
       <c r="DM35" s="94">
         <v>10202</v>
       </c>
       <c r="DN35" s="94">
         <v>10202</v>
       </c>
       <c r="DO35" s="94">
         <v>10202</v>
       </c>
       <c r="DP35" s="94">
         <v>10202</v>
       </c>
       <c r="DQ35" s="94">
         <v>10202</v>
       </c>
+      <c r="DR35" s="94">
+        <v>10202</v>
+      </c>
     </row>
-    <row r="36" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A36" s="65" t="s">
         <v>260</v>
       </c>
       <c r="B36" s="59" t="s">
         <v>287</v>
       </c>
       <c r="C36" s="59" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="70"/>
       <c r="H36" s="91">
         <v>87585</v>
       </c>
       <c r="I36" s="94">
         <v>87585</v>
       </c>
@@ -13694,52 +13748,55 @@
       </c>
       <c r="DJ36" s="94">
         <v>71747</v>
       </c>
       <c r="DK36" s="94">
         <v>71747</v>
       </c>
       <c r="DL36" s="94">
         <v>71269</v>
       </c>
       <c r="DM36" s="94">
         <v>71269</v>
       </c>
       <c r="DN36" s="94">
         <v>71269</v>
       </c>
       <c r="DO36" s="94">
         <v>71269</v>
       </c>
       <c r="DP36" s="94">
         <v>71269</v>
       </c>
       <c r="DQ36" s="94">
         <v>71269</v>
       </c>
+      <c r="DR36" s="94">
+        <v>71269</v>
+      </c>
     </row>
-    <row r="37" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A37" s="65" t="s">
         <v>261</v>
       </c>
       <c r="B37" s="61" t="s">
         <v>289</v>
       </c>
       <c r="C37" s="96" t="s">
         <v>290</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>241</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="70"/>
       <c r="H37" s="91">
         <v>106717</v>
       </c>
       <c r="I37" s="94">
         <v>106717</v>
       </c>
@@ -14057,52 +14114,55 @@
       </c>
       <c r="DJ37" s="94">
         <v>79833</v>
       </c>
       <c r="DK37" s="94">
         <v>79833</v>
       </c>
       <c r="DL37" s="94">
         <v>83899</v>
       </c>
       <c r="DM37" s="94">
         <v>83899</v>
       </c>
       <c r="DN37" s="94">
         <v>83899</v>
       </c>
       <c r="DO37" s="94">
         <v>83899</v>
       </c>
       <c r="DP37" s="94">
         <v>83899</v>
       </c>
       <c r="DQ37" s="94">
         <v>83899</v>
       </c>
+      <c r="DR37" s="94">
+        <v>83899</v>
+      </c>
     </row>
-    <row r="38" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A38" s="65" t="s">
         <v>262</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>291</v>
       </c>
       <c r="C38" s="59" t="s">
         <v>292</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>242</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="70"/>
       <c r="H38" s="91">
         <v>71466</v>
       </c>
       <c r="I38" s="94">
         <v>71466</v>
       </c>
@@ -14420,52 +14480,55 @@
       </c>
       <c r="DJ38" s="94">
         <v>78294</v>
       </c>
       <c r="DK38" s="94">
         <v>78294</v>
       </c>
       <c r="DL38" s="94">
         <v>78095</v>
       </c>
       <c r="DM38" s="94">
         <v>78095</v>
       </c>
       <c r="DN38" s="94">
         <v>78095</v>
       </c>
       <c r="DO38" s="94">
         <v>78095</v>
       </c>
       <c r="DP38" s="94">
         <v>78095</v>
       </c>
       <c r="DQ38" s="94">
         <v>78095</v>
       </c>
+      <c r="DR38" s="94">
+        <v>78095</v>
+      </c>
     </row>
-    <row r="39" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A39" s="65" t="s">
         <v>263</v>
       </c>
       <c r="B39" s="59" t="s">
         <v>293</v>
       </c>
       <c r="C39" s="59" t="s">
         <v>294</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>243</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="70"/>
       <c r="H39" s="91">
         <v>66167</v>
       </c>
       <c r="I39" s="94">
         <v>66167</v>
       </c>
@@ -14783,52 +14846,55 @@
       </c>
       <c r="DJ39" s="94">
         <v>69078</v>
       </c>
       <c r="DK39" s="94">
         <v>69078</v>
       </c>
       <c r="DL39" s="94">
         <v>68736</v>
       </c>
       <c r="DM39" s="94">
         <v>68736</v>
       </c>
       <c r="DN39" s="94">
         <v>68736</v>
       </c>
       <c r="DO39" s="94">
         <v>68736</v>
       </c>
       <c r="DP39" s="94">
         <v>68736</v>
       </c>
       <c r="DQ39" s="94">
         <v>68736</v>
       </c>
+      <c r="DR39" s="94">
+        <v>68736</v>
+      </c>
     </row>
-    <row r="40" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A40" s="65" t="s">
         <v>264</v>
       </c>
       <c r="B40" s="59" t="s">
         <v>295</v>
       </c>
       <c r="C40" s="59" t="s">
         <v>296</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="70"/>
       <c r="H40" s="91">
         <v>142711</v>
       </c>
       <c r="I40" s="94">
         <v>142711</v>
       </c>
@@ -15146,52 +15212,55 @@
       </c>
       <c r="DJ40" s="94">
         <v>164943</v>
       </c>
       <c r="DK40" s="94">
         <v>164943</v>
       </c>
       <c r="DL40" s="94">
         <v>168339</v>
       </c>
       <c r="DM40" s="94">
         <v>168339</v>
       </c>
       <c r="DN40" s="94">
         <v>168339</v>
       </c>
       <c r="DO40" s="94">
         <v>168339</v>
       </c>
       <c r="DP40" s="94">
         <v>168339</v>
       </c>
       <c r="DQ40" s="94">
         <v>168339</v>
       </c>
+      <c r="DR40" s="94">
+        <v>168339</v>
+      </c>
     </row>
-    <row r="41" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A41" s="65" t="s">
         <v>265</v>
       </c>
       <c r="B41" s="59" t="s">
         <v>297</v>
       </c>
       <c r="C41" s="59" t="s">
         <v>298</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>245</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="70"/>
       <c r="H41" s="91">
         <v>34988</v>
       </c>
       <c r="I41" s="94">
         <v>34988</v>
       </c>
@@ -15509,52 +15578,55 @@
       </c>
       <c r="DJ41" s="94">
         <v>29071</v>
       </c>
       <c r="DK41" s="94">
         <v>29071</v>
       </c>
       <c r="DL41" s="94">
         <v>25488</v>
       </c>
       <c r="DM41" s="94">
         <v>25488</v>
       </c>
       <c r="DN41" s="94">
         <v>25488</v>
       </c>
       <c r="DO41" s="94">
         <v>25488</v>
       </c>
       <c r="DP41" s="94">
         <v>25488</v>
       </c>
       <c r="DQ41" s="94">
         <v>25488</v>
       </c>
+      <c r="DR41" s="94">
+        <v>25488</v>
+      </c>
     </row>
-    <row r="42" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A42" s="65" t="s">
         <v>266</v>
       </c>
       <c r="B42" s="61" t="s">
         <v>299</v>
       </c>
       <c r="C42" s="59" t="s">
         <v>300</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>246</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="70"/>
       <c r="H42" s="91">
         <v>84177</v>
       </c>
       <c r="I42" s="94">
         <v>84177</v>
       </c>
@@ -15872,52 +15944,55 @@
       </c>
       <c r="DJ42" s="94">
         <v>89624</v>
       </c>
       <c r="DK42" s="94">
         <v>89624</v>
       </c>
       <c r="DL42" s="94">
         <v>81855</v>
       </c>
       <c r="DM42" s="94">
         <v>81855</v>
       </c>
       <c r="DN42" s="94">
         <v>81855</v>
       </c>
       <c r="DO42" s="94">
         <v>81855</v>
       </c>
       <c r="DP42" s="94">
         <v>81855</v>
       </c>
       <c r="DQ42" s="94">
         <v>81855</v>
       </c>
+      <c r="DR42" s="94">
+        <v>81855</v>
+      </c>
     </row>
-    <row r="43" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A43" s="65" t="s">
         <v>267</v>
       </c>
       <c r="B43" s="59" t="s">
         <v>301</v>
       </c>
       <c r="C43" s="59" t="s">
         <v>302</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>247</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="70"/>
       <c r="H43" s="91">
         <v>9051</v>
       </c>
       <c r="I43" s="94">
         <v>9051</v>
       </c>
@@ -16235,52 +16310,55 @@
       </c>
       <c r="DJ43" s="94">
         <v>5701</v>
       </c>
       <c r="DK43" s="94">
         <v>5701</v>
       </c>
       <c r="DL43" s="94">
         <v>6146</v>
       </c>
       <c r="DM43" s="94">
         <v>6146</v>
       </c>
       <c r="DN43" s="94">
         <v>6146</v>
       </c>
       <c r="DO43" s="94">
         <v>6146</v>
       </c>
       <c r="DP43" s="94">
         <v>6146</v>
       </c>
       <c r="DQ43" s="94">
         <v>6146</v>
       </c>
+      <c r="DR43" s="94">
+        <v>6146</v>
+      </c>
     </row>
-    <row r="44" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A44" s="65" t="s">
         <v>268</v>
       </c>
       <c r="B44" s="61" t="s">
         <v>303</v>
       </c>
       <c r="C44" s="61" t="s">
         <v>304</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="70"/>
       <c r="H44" s="91">
         <v>118014</v>
       </c>
       <c r="I44" s="94">
         <v>118014</v>
       </c>
@@ -16598,52 +16676,55 @@
       </c>
       <c r="DJ44" s="94">
         <v>119142</v>
       </c>
       <c r="DK44" s="94">
         <v>119142</v>
       </c>
       <c r="DL44" s="94">
         <v>126463</v>
       </c>
       <c r="DM44" s="94">
         <v>126463</v>
       </c>
       <c r="DN44" s="94">
         <v>126463</v>
       </c>
       <c r="DO44" s="94">
         <v>126463</v>
       </c>
       <c r="DP44" s="94">
         <v>126463</v>
       </c>
       <c r="DQ44" s="94">
         <v>126463</v>
       </c>
+      <c r="DR44" s="94">
+        <v>126463</v>
+      </c>
     </row>
-    <row r="45" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A45" s="65" t="s">
         <v>269</v>
       </c>
       <c r="B45" s="59" t="s">
         <v>305</v>
       </c>
       <c r="C45" s="59" t="s">
         <v>306</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="70"/>
       <c r="H45" s="91">
         <v>100033</v>
       </c>
       <c r="I45" s="94">
         <v>100033</v>
       </c>
@@ -16961,68 +17042,71 @@
       </c>
       <c r="DJ45" s="94">
         <v>104055</v>
       </c>
       <c r="DK45" s="94">
         <v>104055</v>
       </c>
       <c r="DL45" s="94">
         <v>102069</v>
       </c>
       <c r="DM45" s="94">
         <v>102069</v>
       </c>
       <c r="DN45" s="94">
         <v>102069</v>
       </c>
       <c r="DO45" s="94">
         <v>102069</v>
       </c>
       <c r="DP45" s="94">
         <v>102069</v>
       </c>
       <c r="DQ45" s="94">
         <v>102069</v>
       </c>
+      <c r="DR45" s="94">
+        <v>102069</v>
+      </c>
     </row>
-    <row r="46" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A46" s="2"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="5"/>
     </row>
-    <row r="47" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
       <c r="F47" s="5"/>
     </row>
-    <row r="48" spans="1:121" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:122" x14ac:dyDescent="0.25">
       <c r="A48" s="4"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="4"/>
       <c r="F48" s="5"/>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="5"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="4"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
       <c r="F50" s="5"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="4"/>