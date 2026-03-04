--- v1 (2025-11-29)
+++ v2 (2026-03-04)
@@ -140,51 +140,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Daniel SURANYI:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 different to other SDMX-MES DSDs.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="626" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="629" uniqueCount="389">
   <si>
     <t>DataStructure</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>UNIT_MEASURE</t>
   </si>
   <si>
     <t>TIME_FORMAT</t>
   </si>
   <si>
     <t>P1M</t>
   </si>
   <si>
@@ -1495,50 +1495,59 @@
     <t>2024-11</t>
   </si>
   <si>
     <t>2024-12</t>
   </si>
   <si>
     <t>2025-01</t>
   </si>
   <si>
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
+  </si>
+  <si>
+    <t>2025-08</t>
+  </si>
+  <si>
+    <t>2025-09</t>
+  </si>
+  <si>
+    <t>2025-10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -6930,71 +6939,71 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registry.sdmxcloud.org/ws/public/sdmxapi/rest/datastructure/ESTAT/HICPAP/0.2/?format=sdmx-2.1&amp;detail=full&amp;references=all" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registry.sdmxcloud.org/ws/public/sdmxapi/rest/datastructure/ESTAT/CPI/0.2/?format=sdmx-2.1&amp;detail=full&amp;references=all" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DR113"/>
+  <dimension ref="A1:DU113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="6" ySplit="19" topLeftCell="DE20" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="6" ySplit="19" topLeftCell="DN20" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
-      <selection pane="bottomRight" activeCell="DG26" sqref="DG26"/>
+      <selection pane="bottomRight" activeCell="DU20" sqref="DU20:DU32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="55.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="44.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="46" width="7.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="47" max="52" width="8" style="3" bestFit="1" customWidth="1"/>
-    <col min="53" max="122" width="9.7109375" style="3" customWidth="1"/>
-    <col min="123" max="16384" width="55.140625" style="3"/>
+    <col min="53" max="125" width="9.7109375" style="3" customWidth="1"/>
+    <col min="126" max="16384" width="55.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="72" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="75" t="s">
         <v>315</v>
       </c>
       <c r="C1" s="76" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="73" t="s">
         <v>235</v>
       </c>
       <c r="B2" s="77" t="s">
         <v>252</v>
       </c>
       <c r="C2" s="78" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
@@ -7129,58 +7138,58 @@
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="79" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="86">
         <v>0</v>
       </c>
       <c r="C15" s="78" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:3" s="71" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="87" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="88" t="s">
         <v>250</v>
       </c>
       <c r="C16" s="89" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="17" spans="1:122" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:125" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="74" t="s">
         <v>73</v>
       </c>
       <c r="B17" s="90"/>
       <c r="C17" s="83"/>
     </row>
-    <row r="19" spans="1:122" s="63" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:125" s="63" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="62" t="s">
         <v>254</v>
       </c>
       <c r="B19" s="62" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="58" t="s">
         <v>253</v>
       </c>
       <c r="D19" s="64" t="s">
         <v>164</v>
       </c>
       <c r="E19" s="64" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="64" t="s">
         <v>177</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -7503,52 +7512,61 @@
       </c>
       <c r="DK19" s="1" t="s">
         <v>378</v>
       </c>
       <c r="DL19" s="1" t="s">
         <v>379</v>
       </c>
       <c r="DM19" s="1" t="s">
         <v>380</v>
       </c>
       <c r="DN19" s="1" t="s">
         <v>381</v>
       </c>
       <c r="DO19" s="1" t="s">
         <v>382</v>
       </c>
       <c r="DP19" s="1" t="s">
         <v>383</v>
       </c>
       <c r="DQ19" s="1" t="s">
         <v>384</v>
       </c>
       <c r="DR19" s="1" t="s">
         <v>385</v>
       </c>
+      <c r="DS19" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="DT19" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="DU19" s="1" t="s">
+        <v>388</v>
+      </c>
     </row>
-    <row r="20" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A20" s="66" t="s">
         <v>208</v>
       </c>
       <c r="B20" s="67" t="s">
         <v>209</v>
       </c>
       <c r="C20" s="67" t="s">
         <v>271</v>
       </c>
       <c r="D20" s="68" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="68" t="s">
         <v>237</v>
       </c>
       <c r="F20" s="68" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="69">
         <v>100</v>
       </c>
       <c r="H20" s="69">
         <v>99.82</v>
       </c>
       <c r="I20" s="69">
@@ -7871,52 +7889,61 @@
       </c>
       <c r="DK20" s="69">
         <v>119.18</v>
       </c>
       <c r="DL20" s="69">
         <v>119.88</v>
       </c>
       <c r="DM20" s="69">
         <v>119.73</v>
       </c>
       <c r="DN20" s="69">
         <v>119.97</v>
       </c>
       <c r="DO20" s="69">
         <v>120.71</v>
       </c>
       <c r="DP20" s="69">
         <v>120.48</v>
       </c>
       <c r="DQ20" s="69">
         <v>121.22</v>
       </c>
       <c r="DR20" s="69">
         <v>121.46</v>
       </c>
+      <c r="DS20" s="69">
+        <v>121.79</v>
+      </c>
+      <c r="DT20" s="69">
+        <v>121.51</v>
+      </c>
+      <c r="DU20" s="69">
+        <v>121.57</v>
+      </c>
     </row>
-    <row r="21" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A21" s="65" t="s">
         <v>210</v>
       </c>
       <c r="B21" s="61" t="s">
         <v>211</v>
       </c>
       <c r="C21" s="59" t="s">
         <v>272</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>238</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="60">
         <v>100</v>
       </c>
       <c r="H21" s="60">
         <v>99.96</v>
       </c>
       <c r="I21" s="60">
@@ -8239,52 +8266,61 @@
       </c>
       <c r="DK21" s="60">
         <v>142.11000000000001</v>
       </c>
       <c r="DL21" s="60">
         <v>142.84</v>
       </c>
       <c r="DM21" s="60">
         <v>142.74</v>
       </c>
       <c r="DN21" s="60">
         <v>143.44</v>
       </c>
       <c r="DO21" s="60">
         <v>144.59</v>
       </c>
       <c r="DP21" s="60">
         <v>145.05000000000001</v>
       </c>
       <c r="DQ21" s="60">
         <v>144.84</v>
       </c>
       <c r="DR21" s="60">
         <v>145.19999999999999</v>
       </c>
+      <c r="DS21" s="60">
+        <v>145.65</v>
+      </c>
+      <c r="DT21" s="60">
+        <v>145.86000000000001</v>
+      </c>
+      <c r="DU21" s="60">
+        <v>145.66</v>
+      </c>
     </row>
-    <row r="22" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A22" s="65" t="s">
         <v>212</v>
       </c>
       <c r="B22" s="61" t="s">
         <v>213</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>273</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>239</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="60">
         <v>100</v>
       </c>
       <c r="H22" s="60">
         <v>99.79</v>
       </c>
       <c r="I22" s="60">
@@ -8607,52 +8643,61 @@
       </c>
       <c r="DK22" s="60">
         <v>130.87</v>
       </c>
       <c r="DL22" s="60">
         <v>130.87</v>
       </c>
       <c r="DM22" s="60">
         <v>130.62</v>
       </c>
       <c r="DN22" s="60">
         <v>130.69999999999999</v>
       </c>
       <c r="DO22" s="60">
         <v>131.01</v>
       </c>
       <c r="DP22" s="60">
         <v>130.85</v>
       </c>
       <c r="DQ22" s="60">
         <v>130.63</v>
       </c>
       <c r="DR22" s="60">
         <v>130.43</v>
       </c>
+      <c r="DS22" s="60">
+        <v>130.63999999999999</v>
+      </c>
+      <c r="DT22" s="60">
+        <v>130.96</v>
+      </c>
+      <c r="DU22" s="60">
+        <v>130.96</v>
+      </c>
     </row>
-    <row r="23" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A23" s="65" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="59" t="s">
         <v>215</v>
       </c>
       <c r="C23" s="59" t="s">
         <v>274</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="60">
         <v>100</v>
       </c>
       <c r="H23" s="60">
         <v>99.95</v>
       </c>
       <c r="I23" s="60">
@@ -8975,52 +9020,61 @@
       </c>
       <c r="DK23" s="60">
         <v>118.39</v>
       </c>
       <c r="DL23" s="60">
         <v>118.39</v>
       </c>
       <c r="DM23" s="60">
         <v>118.39</v>
       </c>
       <c r="DN23" s="60">
         <v>118.12</v>
       </c>
       <c r="DO23" s="60">
         <v>118.5</v>
       </c>
       <c r="DP23" s="60">
         <v>118.5</v>
       </c>
       <c r="DQ23" s="60">
         <v>118.5</v>
       </c>
       <c r="DR23" s="60">
         <v>118.5</v>
       </c>
+      <c r="DS23" s="60">
+        <v>118.5</v>
+      </c>
+      <c r="DT23" s="60">
+        <v>118.51</v>
+      </c>
+      <c r="DU23" s="60">
+        <v>118.96</v>
+      </c>
     </row>
-    <row r="24" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A24" s="65" t="s">
         <v>216</v>
       </c>
       <c r="B24" s="61" t="s">
         <v>217</v>
       </c>
       <c r="C24" s="96" t="s">
         <v>275</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>241</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="60">
         <v>100</v>
       </c>
       <c r="H24" s="60">
         <v>100</v>
       </c>
       <c r="I24" s="60">
@@ -9343,52 +9397,61 @@
       </c>
       <c r="DK24" s="60">
         <v>113.6</v>
       </c>
       <c r="DL24" s="60">
         <v>113.19</v>
       </c>
       <c r="DM24" s="60">
         <v>113.74</v>
       </c>
       <c r="DN24" s="60">
         <v>112.82</v>
       </c>
       <c r="DO24" s="60">
         <v>112.34</v>
       </c>
       <c r="DP24" s="60">
         <v>112.16</v>
       </c>
       <c r="DQ24" s="60">
         <v>112.5</v>
       </c>
       <c r="DR24" s="60">
         <v>112.8</v>
       </c>
+      <c r="DS24" s="60">
+        <v>112.69</v>
+      </c>
+      <c r="DT24" s="60">
+        <v>112.67</v>
+      </c>
+      <c r="DU24" s="60">
+        <v>112.63</v>
+      </c>
     </row>
-    <row r="25" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A25" s="65" t="s">
         <v>218</v>
       </c>
       <c r="B25" s="61" t="s">
         <v>219</v>
       </c>
       <c r="C25" s="59" t="s">
         <v>276</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>242</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="60">
         <v>100</v>
       </c>
       <c r="H25" s="60">
         <v>99.99</v>
       </c>
       <c r="I25" s="60">
@@ -9711,52 +9774,61 @@
       </c>
       <c r="DK25" s="60">
         <v>116.98</v>
       </c>
       <c r="DL25" s="60">
         <v>117.48</v>
       </c>
       <c r="DM25" s="60">
         <v>119.5</v>
       </c>
       <c r="DN25" s="60">
         <v>118.97</v>
       </c>
       <c r="DO25" s="60">
         <v>118.96</v>
       </c>
       <c r="DP25" s="60">
         <v>119</v>
       </c>
       <c r="DQ25" s="60">
         <v>119.15</v>
       </c>
       <c r="DR25" s="60">
         <v>119.26</v>
       </c>
+      <c r="DS25" s="60">
+        <v>120.16</v>
+      </c>
+      <c r="DT25" s="60">
+        <v>120.36</v>
+      </c>
+      <c r="DU25" s="60">
+        <v>120.51</v>
+      </c>
     </row>
-    <row r="26" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A26" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B26" s="59" t="s">
         <v>221</v>
       </c>
       <c r="C26" s="59" t="s">
         <v>277</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>243</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="60">
         <v>100</v>
       </c>
       <c r="H26" s="60">
         <v>100</v>
       </c>
       <c r="I26" s="60">
@@ -10079,52 +10151,61 @@
       </c>
       <c r="DK26" s="60">
         <v>107.58</v>
       </c>
       <c r="DL26" s="60">
         <v>107.58</v>
       </c>
       <c r="DM26" s="60">
         <v>107.58</v>
       </c>
       <c r="DN26" s="60">
         <v>107.58</v>
       </c>
       <c r="DO26" s="60">
         <v>107.58</v>
       </c>
       <c r="DP26" s="60">
         <v>107.57</v>
       </c>
       <c r="DQ26" s="60">
         <v>107.57</v>
       </c>
       <c r="DR26" s="60">
         <v>107.57</v>
       </c>
+      <c r="DS26" s="60">
+        <v>107.57</v>
+      </c>
+      <c r="DT26" s="60">
+        <v>108.75</v>
+      </c>
+      <c r="DU26" s="60">
+        <v>108.75</v>
+      </c>
     </row>
-    <row r="27" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A27" s="65" t="s">
         <v>222</v>
       </c>
       <c r="B27" s="59" t="s">
         <v>223</v>
       </c>
       <c r="C27" s="59" t="s">
         <v>278</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="60">
         <v>100</v>
       </c>
       <c r="H27" s="60">
         <v>98.45</v>
       </c>
       <c r="I27" s="60">
@@ -10447,52 +10528,61 @@
       </c>
       <c r="DK27" s="60">
         <v>117.49</v>
       </c>
       <c r="DL27" s="60">
         <v>118.05</v>
       </c>
       <c r="DM27" s="60">
         <v>116.84</v>
       </c>
       <c r="DN27" s="60">
         <v>116.06</v>
       </c>
       <c r="DO27" s="60">
         <v>114.98</v>
       </c>
       <c r="DP27" s="60">
         <v>115.07</v>
       </c>
       <c r="DQ27" s="60">
         <v>116.71</v>
       </c>
       <c r="DR27" s="60">
         <v>116.4</v>
       </c>
+      <c r="DS27" s="60">
+        <v>116.24</v>
+      </c>
+      <c r="DT27" s="60">
+        <v>116.32</v>
+      </c>
+      <c r="DU27" s="60">
+        <v>116.29</v>
+      </c>
     </row>
-    <row r="28" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A28" s="65" t="s">
         <v>224</v>
       </c>
       <c r="B28" s="59" t="s">
         <v>225</v>
       </c>
       <c r="C28" s="59" t="s">
         <v>279</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>245</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="60">
         <v>100</v>
       </c>
       <c r="H28" s="60">
         <v>100.25</v>
       </c>
       <c r="I28" s="60">
@@ -10815,52 +10905,61 @@
       </c>
       <c r="DK28" s="60">
         <v>96.25</v>
       </c>
       <c r="DL28" s="60">
         <v>96.25</v>
       </c>
       <c r="DM28" s="60">
         <v>96.25</v>
       </c>
       <c r="DN28" s="60">
         <v>96.25</v>
       </c>
       <c r="DO28" s="60">
         <v>96.25</v>
       </c>
       <c r="DP28" s="60">
         <v>96.25</v>
       </c>
       <c r="DQ28" s="60">
         <v>96.25</v>
       </c>
       <c r="DR28" s="60">
         <v>96.25</v>
       </c>
+      <c r="DS28" s="60">
+        <v>96.25</v>
+      </c>
+      <c r="DT28" s="60">
+        <v>96.25</v>
+      </c>
+      <c r="DU28" s="60">
+        <v>96.25</v>
+      </c>
     </row>
-    <row r="29" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A29" s="65" t="s">
         <v>226</v>
       </c>
       <c r="B29" s="61" t="s">
         <v>227</v>
       </c>
       <c r="C29" s="59" t="s">
         <v>280</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>246</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="60">
         <v>100</v>
       </c>
       <c r="H29" s="60">
         <v>99.67</v>
       </c>
       <c r="I29" s="60">
@@ -11183,52 +11282,61 @@
       </c>
       <c r="DK29" s="60">
         <v>115.27</v>
       </c>
       <c r="DL29" s="60">
         <v>115.34</v>
       </c>
       <c r="DM29" s="60">
         <v>116.21</v>
       </c>
       <c r="DN29" s="60">
         <v>115.91</v>
       </c>
       <c r="DO29" s="60">
         <v>116.55</v>
       </c>
       <c r="DP29" s="60">
         <v>115.64</v>
       </c>
       <c r="DQ29" s="60">
         <v>116.58</v>
       </c>
       <c r="DR29" s="60">
         <v>117.09</v>
       </c>
+      <c r="DS29" s="60">
+        <v>117.94</v>
+      </c>
+      <c r="DT29" s="60">
+        <v>116.22</v>
+      </c>
+      <c r="DU29" s="60">
+        <v>116.26</v>
+      </c>
     </row>
-    <row r="30" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A30" s="65" t="s">
         <v>228</v>
       </c>
       <c r="B30" s="59" t="s">
         <v>229</v>
       </c>
       <c r="C30" s="59" t="s">
         <v>230</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>247</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="60">
         <v>100</v>
       </c>
       <c r="H30" s="60">
         <v>100</v>
       </c>
       <c r="I30" s="60">
@@ -11551,52 +11659,61 @@
       </c>
       <c r="DK30" s="60">
         <v>106.42</v>
       </c>
       <c r="DL30" s="60">
         <v>106.42</v>
       </c>
       <c r="DM30" s="60">
         <v>106.42</v>
       </c>
       <c r="DN30" s="60">
         <v>106.42</v>
       </c>
       <c r="DO30" s="60">
         <v>106.42</v>
       </c>
       <c r="DP30" s="60">
         <v>106.42</v>
       </c>
       <c r="DQ30" s="60">
         <v>106.42</v>
       </c>
       <c r="DR30" s="60">
         <v>106.42</v>
       </c>
+      <c r="DS30" s="60">
+        <v>106.42</v>
+      </c>
+      <c r="DT30" s="60">
+        <v>106.42</v>
+      </c>
+      <c r="DU30" s="60">
+        <v>106.42</v>
+      </c>
     </row>
-    <row r="31" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A31" s="65" t="s">
         <v>231</v>
       </c>
       <c r="B31" s="61" t="s">
         <v>256</v>
       </c>
       <c r="C31" s="61" t="s">
         <v>270</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="60">
         <v>100</v>
       </c>
       <c r="H31" s="60">
         <v>100.68</v>
       </c>
       <c r="I31" s="60">
@@ -11919,52 +12036,61 @@
       </c>
       <c r="DK31" s="60">
         <v>119.79</v>
       </c>
       <c r="DL31" s="60">
         <v>123.7</v>
       </c>
       <c r="DM31" s="60">
         <v>121.99</v>
       </c>
       <c r="DN31" s="60">
         <v>122.22</v>
       </c>
       <c r="DO31" s="60">
         <v>126.46</v>
       </c>
       <c r="DP31" s="60">
         <v>124.52</v>
       </c>
       <c r="DQ31" s="60">
         <v>127.43</v>
       </c>
       <c r="DR31" s="60">
         <v>128.71</v>
       </c>
+      <c r="DS31" s="60">
+        <v>129.96</v>
+      </c>
+      <c r="DT31" s="60">
+        <v>127.64</v>
+      </c>
+      <c r="DU31" s="60">
+        <v>128.05000000000001</v>
+      </c>
     </row>
-    <row r="32" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A32" s="65" t="s">
         <v>232</v>
       </c>
       <c r="B32" s="59" t="s">
         <v>233</v>
       </c>
       <c r="C32" s="59" t="s">
         <v>234</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>237</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="60">
         <v>100</v>
       </c>
       <c r="H32" s="60">
         <v>99.94</v>
       </c>
       <c r="I32" s="60">
@@ -12287,52 +12413,61 @@
       </c>
       <c r="DK32" s="60">
         <v>110.35</v>
       </c>
       <c r="DL32" s="60">
         <v>110.37</v>
       </c>
       <c r="DM32" s="60">
         <v>110.39</v>
       </c>
       <c r="DN32" s="60">
         <v>114.11</v>
       </c>
       <c r="DO32" s="60">
         <v>115.73</v>
       </c>
       <c r="DP32" s="60">
         <v>115.9</v>
       </c>
       <c r="DQ32" s="60">
         <v>115.98</v>
       </c>
       <c r="DR32" s="60">
         <v>115.96</v>
       </c>
+      <c r="DS32" s="60">
+        <v>115.95</v>
+      </c>
+      <c r="DT32" s="60">
+        <v>115.95</v>
+      </c>
+      <c r="DU32" s="60">
+        <v>115.96</v>
+      </c>
     </row>
-    <row r="33" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A33" s="66" t="s">
         <v>257</v>
       </c>
       <c r="B33" s="67" t="s">
         <v>281</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>282</v>
       </c>
       <c r="D33" s="68" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="68" t="s">
         <v>307</v>
       </c>
       <c r="F33" s="68" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="69"/>
       <c r="H33" s="95">
         <v>1000000</v>
       </c>
       <c r="I33" s="95">
         <v>1000000</v>
       </c>
@@ -12653,52 +12788,61 @@
       </c>
       <c r="DK33" s="95">
         <v>1000000</v>
       </c>
       <c r="DL33" s="95">
         <v>1000000</v>
       </c>
       <c r="DM33" s="95">
         <v>1000000</v>
       </c>
       <c r="DN33" s="95">
         <v>1000000</v>
       </c>
       <c r="DO33" s="95">
         <v>1000000</v>
       </c>
       <c r="DP33" s="95">
         <v>1000000</v>
       </c>
       <c r="DQ33" s="95">
         <v>1000000</v>
       </c>
       <c r="DR33" s="95">
         <v>1000000</v>
       </c>
+      <c r="DS33" s="95">
+        <v>1000000</v>
+      </c>
+      <c r="DT33" s="95">
+        <v>1000000</v>
+      </c>
+      <c r="DU33" s="95">
+        <v>1000000</v>
+      </c>
     </row>
-    <row r="34" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A34" s="65" t="s">
         <v>258</v>
       </c>
       <c r="B34" s="61" t="s">
         <v>283</v>
       </c>
       <c r="C34" s="59" t="s">
         <v>284</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>238</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="70"/>
       <c r="H34" s="91">
         <v>168491</v>
       </c>
       <c r="I34" s="94">
         <v>168491</v>
       </c>
@@ -13019,52 +13163,61 @@
       </c>
       <c r="DK34" s="94">
         <v>178480</v>
       </c>
       <c r="DL34" s="94">
         <v>177439</v>
       </c>
       <c r="DM34" s="94">
         <v>177439</v>
       </c>
       <c r="DN34" s="94">
         <v>177439</v>
       </c>
       <c r="DO34" s="94">
         <v>177439</v>
       </c>
       <c r="DP34" s="94">
         <v>177439</v>
       </c>
       <c r="DQ34" s="94">
         <v>177439</v>
       </c>
       <c r="DR34" s="94">
         <v>177439</v>
       </c>
+      <c r="DS34" s="94">
+        <v>177439</v>
+      </c>
+      <c r="DT34" s="94">
+        <v>177439</v>
+      </c>
+      <c r="DU34" s="94">
+        <v>177439</v>
+      </c>
     </row>
-    <row r="35" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A35" s="65" t="s">
         <v>259</v>
       </c>
       <c r="B35" s="61" t="s">
         <v>285</v>
       </c>
       <c r="C35" s="59" t="s">
         <v>286</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>239</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="70"/>
       <c r="H35" s="91">
         <v>10600</v>
       </c>
       <c r="I35" s="94">
         <v>10600</v>
       </c>
@@ -13385,52 +13538,61 @@
       </c>
       <c r="DK35" s="94">
         <v>10032</v>
       </c>
       <c r="DL35" s="94">
         <v>10202</v>
       </c>
       <c r="DM35" s="94">
         <v>10202</v>
       </c>
       <c r="DN35" s="94">
         <v>10202</v>
       </c>
       <c r="DO35" s="94">
         <v>10202</v>
       </c>
       <c r="DP35" s="94">
         <v>10202</v>
       </c>
       <c r="DQ35" s="94">
         <v>10202</v>
       </c>
       <c r="DR35" s="94">
         <v>10202</v>
       </c>
+      <c r="DS35" s="94">
+        <v>10202</v>
+      </c>
+      <c r="DT35" s="94">
+        <v>10202</v>
+      </c>
+      <c r="DU35" s="94">
+        <v>10202</v>
+      </c>
     </row>
-    <row r="36" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A36" s="65" t="s">
         <v>260</v>
       </c>
       <c r="B36" s="59" t="s">
         <v>287</v>
       </c>
       <c r="C36" s="59" t="s">
         <v>288</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>240</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="70"/>
       <c r="H36" s="91">
         <v>87585</v>
       </c>
       <c r="I36" s="94">
         <v>87585</v>
       </c>
@@ -13751,52 +13913,61 @@
       </c>
       <c r="DK36" s="94">
         <v>71747</v>
       </c>
       <c r="DL36" s="94">
         <v>71269</v>
       </c>
       <c r="DM36" s="94">
         <v>71269</v>
       </c>
       <c r="DN36" s="94">
         <v>71269</v>
       </c>
       <c r="DO36" s="94">
         <v>71269</v>
       </c>
       <c r="DP36" s="94">
         <v>71269</v>
       </c>
       <c r="DQ36" s="94">
         <v>71269</v>
       </c>
       <c r="DR36" s="94">
         <v>71269</v>
       </c>
+      <c r="DS36" s="94">
+        <v>71269</v>
+      </c>
+      <c r="DT36" s="94">
+        <v>71269</v>
+      </c>
+      <c r="DU36" s="94">
+        <v>71269</v>
+      </c>
     </row>
-    <row r="37" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A37" s="65" t="s">
         <v>261</v>
       </c>
       <c r="B37" s="61" t="s">
         <v>289</v>
       </c>
       <c r="C37" s="96" t="s">
         <v>290</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>241</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="70"/>
       <c r="H37" s="91">
         <v>106717</v>
       </c>
       <c r="I37" s="94">
         <v>106717</v>
       </c>
@@ -14117,52 +14288,61 @@
       </c>
       <c r="DK37" s="94">
         <v>79833</v>
       </c>
       <c r="DL37" s="94">
         <v>83899</v>
       </c>
       <c r="DM37" s="94">
         <v>83899</v>
       </c>
       <c r="DN37" s="94">
         <v>83899</v>
       </c>
       <c r="DO37" s="94">
         <v>83899</v>
       </c>
       <c r="DP37" s="94">
         <v>83899</v>
       </c>
       <c r="DQ37" s="94">
         <v>83899</v>
       </c>
       <c r="DR37" s="94">
         <v>83899</v>
       </c>
+      <c r="DS37" s="94">
+        <v>83899</v>
+      </c>
+      <c r="DT37" s="94">
+        <v>83899</v>
+      </c>
+      <c r="DU37" s="94">
+        <v>83899</v>
+      </c>
     </row>
-    <row r="38" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A38" s="65" t="s">
         <v>262</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>291</v>
       </c>
       <c r="C38" s="59" t="s">
         <v>292</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>242</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="70"/>
       <c r="H38" s="91">
         <v>71466</v>
       </c>
       <c r="I38" s="94">
         <v>71466</v>
       </c>
@@ -14483,52 +14663,61 @@
       </c>
       <c r="DK38" s="94">
         <v>78294</v>
       </c>
       <c r="DL38" s="94">
         <v>78095</v>
       </c>
       <c r="DM38" s="94">
         <v>78095</v>
       </c>
       <c r="DN38" s="94">
         <v>78095</v>
       </c>
       <c r="DO38" s="94">
         <v>78095</v>
       </c>
       <c r="DP38" s="94">
         <v>78095</v>
       </c>
       <c r="DQ38" s="94">
         <v>78095</v>
       </c>
       <c r="DR38" s="94">
         <v>78095</v>
       </c>
+      <c r="DS38" s="94">
+        <v>78095</v>
+      </c>
+      <c r="DT38" s="94">
+        <v>78095</v>
+      </c>
+      <c r="DU38" s="94">
+        <v>78095</v>
+      </c>
     </row>
-    <row r="39" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A39" s="65" t="s">
         <v>263</v>
       </c>
       <c r="B39" s="59" t="s">
         <v>293</v>
       </c>
       <c r="C39" s="59" t="s">
         <v>294</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>243</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="70"/>
       <c r="H39" s="91">
         <v>66167</v>
       </c>
       <c r="I39" s="94">
         <v>66167</v>
       </c>
@@ -14849,52 +15038,61 @@
       </c>
       <c r="DK39" s="94">
         <v>69078</v>
       </c>
       <c r="DL39" s="94">
         <v>68736</v>
       </c>
       <c r="DM39" s="94">
         <v>68736</v>
       </c>
       <c r="DN39" s="94">
         <v>68736</v>
       </c>
       <c r="DO39" s="94">
         <v>68736</v>
       </c>
       <c r="DP39" s="94">
         <v>68736</v>
       </c>
       <c r="DQ39" s="94">
         <v>68736</v>
       </c>
       <c r="DR39" s="94">
         <v>68736</v>
       </c>
+      <c r="DS39" s="94">
+        <v>68736</v>
+      </c>
+      <c r="DT39" s="94">
+        <v>68736</v>
+      </c>
+      <c r="DU39" s="94">
+        <v>68736</v>
+      </c>
     </row>
-    <row r="40" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A40" s="65" t="s">
         <v>264</v>
       </c>
       <c r="B40" s="59" t="s">
         <v>295</v>
       </c>
       <c r="C40" s="59" t="s">
         <v>296</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>244</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="70"/>
       <c r="H40" s="91">
         <v>142711</v>
       </c>
       <c r="I40" s="94">
         <v>142711</v>
       </c>
@@ -15215,52 +15413,61 @@
       </c>
       <c r="DK40" s="94">
         <v>164943</v>
       </c>
       <c r="DL40" s="94">
         <v>168339</v>
       </c>
       <c r="DM40" s="94">
         <v>168339</v>
       </c>
       <c r="DN40" s="94">
         <v>168339</v>
       </c>
       <c r="DO40" s="94">
         <v>168339</v>
       </c>
       <c r="DP40" s="94">
         <v>168339</v>
       </c>
       <c r="DQ40" s="94">
         <v>168339</v>
       </c>
       <c r="DR40" s="94">
         <v>168339</v>
       </c>
+      <c r="DS40" s="94">
+        <v>168339</v>
+      </c>
+      <c r="DT40" s="94">
+        <v>168339</v>
+      </c>
+      <c r="DU40" s="94">
+        <v>168339</v>
+      </c>
     </row>
-    <row r="41" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A41" s="65" t="s">
         <v>265</v>
       </c>
       <c r="B41" s="59" t="s">
         <v>297</v>
       </c>
       <c r="C41" s="59" t="s">
         <v>298</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>245</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="70"/>
       <c r="H41" s="91">
         <v>34988</v>
       </c>
       <c r="I41" s="94">
         <v>34988</v>
       </c>
@@ -15581,52 +15788,61 @@
       </c>
       <c r="DK41" s="94">
         <v>29071</v>
       </c>
       <c r="DL41" s="94">
         <v>25488</v>
       </c>
       <c r="DM41" s="94">
         <v>25488</v>
       </c>
       <c r="DN41" s="94">
         <v>25488</v>
       </c>
       <c r="DO41" s="94">
         <v>25488</v>
       </c>
       <c r="DP41" s="94">
         <v>25488</v>
       </c>
       <c r="DQ41" s="94">
         <v>25488</v>
       </c>
       <c r="DR41" s="94">
         <v>25488</v>
       </c>
+      <c r="DS41" s="94">
+        <v>25488</v>
+      </c>
+      <c r="DT41" s="94">
+        <v>25488</v>
+      </c>
+      <c r="DU41" s="94">
+        <v>25488</v>
+      </c>
     </row>
-    <row r="42" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A42" s="65" t="s">
         <v>266</v>
       </c>
       <c r="B42" s="61" t="s">
         <v>299</v>
       </c>
       <c r="C42" s="59" t="s">
         <v>300</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>246</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="70"/>
       <c r="H42" s="91">
         <v>84177</v>
       </c>
       <c r="I42" s="94">
         <v>84177</v>
       </c>
@@ -15947,52 +16163,61 @@
       </c>
       <c r="DK42" s="94">
         <v>89624</v>
       </c>
       <c r="DL42" s="94">
         <v>81855</v>
       </c>
       <c r="DM42" s="94">
         <v>81855</v>
       </c>
       <c r="DN42" s="94">
         <v>81855</v>
       </c>
       <c r="DO42" s="94">
         <v>81855</v>
       </c>
       <c r="DP42" s="94">
         <v>81855</v>
       </c>
       <c r="DQ42" s="94">
         <v>81855</v>
       </c>
       <c r="DR42" s="94">
         <v>81855</v>
       </c>
+      <c r="DS42" s="94">
+        <v>81855</v>
+      </c>
+      <c r="DT42" s="94">
+        <v>81855</v>
+      </c>
+      <c r="DU42" s="94">
+        <v>81855</v>
+      </c>
     </row>
-    <row r="43" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A43" s="65" t="s">
         <v>267</v>
       </c>
       <c r="B43" s="59" t="s">
         <v>301</v>
       </c>
       <c r="C43" s="59" t="s">
         <v>302</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>247</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="70"/>
       <c r="H43" s="91">
         <v>9051</v>
       </c>
       <c r="I43" s="94">
         <v>9051</v>
       </c>
@@ -16313,52 +16538,61 @@
       </c>
       <c r="DK43" s="94">
         <v>5701</v>
       </c>
       <c r="DL43" s="94">
         <v>6146</v>
       </c>
       <c r="DM43" s="94">
         <v>6146</v>
       </c>
       <c r="DN43" s="94">
         <v>6146</v>
       </c>
       <c r="DO43" s="94">
         <v>6146</v>
       </c>
       <c r="DP43" s="94">
         <v>6146</v>
       </c>
       <c r="DQ43" s="94">
         <v>6146</v>
       </c>
       <c r="DR43" s="94">
         <v>6146</v>
       </c>
+      <c r="DS43" s="94">
+        <v>6146</v>
+      </c>
+      <c r="DT43" s="94">
+        <v>6146</v>
+      </c>
+      <c r="DU43" s="94">
+        <v>6146</v>
+      </c>
     </row>
-    <row r="44" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A44" s="65" t="s">
         <v>268</v>
       </c>
       <c r="B44" s="61" t="s">
         <v>303</v>
       </c>
       <c r="C44" s="61" t="s">
         <v>304</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="70"/>
       <c r="H44" s="91">
         <v>118014</v>
       </c>
       <c r="I44" s="94">
         <v>118014</v>
       </c>
@@ -16679,52 +16913,61 @@
       </c>
       <c r="DK44" s="94">
         <v>119142</v>
       </c>
       <c r="DL44" s="94">
         <v>126463</v>
       </c>
       <c r="DM44" s="94">
         <v>126463</v>
       </c>
       <c r="DN44" s="94">
         <v>126463</v>
       </c>
       <c r="DO44" s="94">
         <v>126463</v>
       </c>
       <c r="DP44" s="94">
         <v>126463</v>
       </c>
       <c r="DQ44" s="94">
         <v>126463</v>
       </c>
       <c r="DR44" s="94">
         <v>126463</v>
       </c>
+      <c r="DS44" s="94">
+        <v>126463</v>
+      </c>
+      <c r="DT44" s="94">
+        <v>126463</v>
+      </c>
+      <c r="DU44" s="94">
+        <v>126463</v>
+      </c>
     </row>
-    <row r="45" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A45" s="65" t="s">
         <v>269</v>
       </c>
       <c r="B45" s="59" t="s">
         <v>305</v>
       </c>
       <c r="C45" s="59" t="s">
         <v>306</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>307</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="70"/>
       <c r="H45" s="91">
         <v>100033</v>
       </c>
       <c r="I45" s="94">
         <v>100033</v>
       </c>
@@ -17045,68 +17288,77 @@
       </c>
       <c r="DK45" s="94">
         <v>104055</v>
       </c>
       <c r="DL45" s="94">
         <v>102069</v>
       </c>
       <c r="DM45" s="94">
         <v>102069</v>
       </c>
       <c r="DN45" s="94">
         <v>102069</v>
       </c>
       <c r="DO45" s="94">
         <v>102069</v>
       </c>
       <c r="DP45" s="94">
         <v>102069</v>
       </c>
       <c r="DQ45" s="94">
         <v>102069</v>
       </c>
       <c r="DR45" s="94">
         <v>102069</v>
       </c>
+      <c r="DS45" s="94">
+        <v>102069</v>
+      </c>
+      <c r="DT45" s="94">
+        <v>102069</v>
+      </c>
+      <c r="DU45" s="94">
+        <v>102069</v>
+      </c>
     </row>
-    <row r="46" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A46" s="2"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="5"/>
     </row>
-    <row r="47" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
       <c r="F47" s="5"/>
     </row>
-    <row r="48" spans="1:122" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:125" x14ac:dyDescent="0.25">
       <c r="A48" s="4"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="4"/>
       <c r="F48" s="5"/>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="5"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="4"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
       <c r="F50" s="5"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="4"/>