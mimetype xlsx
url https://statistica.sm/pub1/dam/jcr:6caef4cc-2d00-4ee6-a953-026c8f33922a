--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -4,217 +4,359 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\FMI\E-GDDS\template_upload\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\FMI\E-GDDS\template_upload\RicevutiContabilità\202601\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10425" activeTab="1"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Revenue" sheetId="1" r:id="rId1"/>
     <sheet name="Expenditure" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Expenditure!$B$5:$D$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Revenue!$B$5:$D$11</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
-  <extLst>
-[...9 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W43" i="1" l="1"/>
+  <c r="Z18" i="1" l="1"/>
+  <c r="Z28" i="1"/>
+  <c r="Z34" i="1"/>
+  <c r="Z40" i="1"/>
+  <c r="Z44" i="2"/>
+  <c r="Z38" i="2"/>
+  <c r="Z28" i="2"/>
+  <c r="Z45" i="2" s="1"/>
+  <c r="Z48" i="2" s="1"/>
+  <c r="X23" i="1"/>
+  <c r="X15" i="1"/>
+  <c r="Z35" i="1" l="1"/>
+  <c r="Z41" i="1" s="1"/>
+  <c r="Z45" i="1" s="1"/>
+  <c r="Y16" i="2"/>
+  <c r="Y46" i="2" l="1"/>
+  <c r="Y42" i="2"/>
+  <c r="Y41" i="2"/>
+  <c r="Y27" i="2"/>
+  <c r="Y36" i="2"/>
+  <c r="Y35" i="2"/>
+  <c r="Y26" i="2"/>
+  <c r="Y25" i="2"/>
+  <c r="Y34" i="2"/>
+  <c r="Y33" i="2"/>
+  <c r="Y32" i="2"/>
+  <c r="Y24" i="2"/>
+  <c r="Y23" i="2"/>
+  <c r="Y31" i="2"/>
+  <c r="Y30" i="2"/>
+  <c r="Y38" i="2" s="1"/>
+  <c r="Y40" i="2"/>
+  <c r="Y21" i="2"/>
+  <c r="Y20" i="2"/>
+  <c r="Y19" i="2"/>
+  <c r="Y18" i="2"/>
+  <c r="Y17" i="2"/>
+  <c r="Y15" i="2"/>
+  <c r="Y28" i="2" s="1"/>
+  <c r="Y43" i="1"/>
+  <c r="Y37" i="1"/>
+  <c r="Y40" i="1" s="1"/>
+  <c r="Y34" i="1"/>
+  <c r="Y32" i="1"/>
+  <c r="Y30" i="1"/>
+  <c r="Y18" i="1"/>
+  <c r="Y27" i="1"/>
+  <c r="Y26" i="1"/>
+  <c r="Y25" i="1"/>
+  <c r="Y24" i="1"/>
+  <c r="Y23" i="1"/>
+  <c r="Y22" i="1"/>
+  <c r="Y21" i="1"/>
+  <c r="Y20" i="1"/>
+  <c r="Y28" i="1" s="1"/>
+  <c r="Y17" i="1"/>
+  <c r="Y15" i="1"/>
+  <c r="Y16" i="1"/>
+  <c r="Y35" i="1" l="1"/>
+  <c r="Y41" i="1" s="1"/>
+  <c r="Y45" i="1" s="1"/>
+  <c r="Y44" i="2"/>
+  <c r="Y45" i="2"/>
+  <c r="Y48" i="2" s="1"/>
+  <c r="X46" i="2"/>
+  <c r="X43" i="2"/>
+  <c r="X42" i="2"/>
+  <c r="X41" i="2"/>
+  <c r="X40" i="2"/>
+  <c r="X36" i="2"/>
+  <c r="X35" i="2"/>
+  <c r="X34" i="2"/>
+  <c r="X33" i="2"/>
+  <c r="X32" i="2"/>
+  <c r="X31" i="2"/>
+  <c r="X30" i="2"/>
+  <c r="X27" i="2"/>
+  <c r="X26" i="2"/>
+  <c r="X25" i="2"/>
+  <c r="X24" i="2"/>
+  <c r="X23" i="2"/>
+  <c r="X22" i="2"/>
+  <c r="X21" i="2"/>
+  <c r="X20" i="2"/>
+  <c r="X19" i="2"/>
+  <c r="X18" i="2"/>
+  <c r="X17" i="2"/>
+  <c r="X16" i="2"/>
+  <c r="X15" i="2"/>
+  <c r="X43" i="1"/>
+  <c r="X38" i="1"/>
+  <c r="X37" i="1"/>
+  <c r="X40" i="1" s="1"/>
+  <c r="X32" i="1"/>
+  <c r="X30" i="1"/>
+  <c r="X34" i="1" s="1"/>
+  <c r="X27" i="1"/>
+  <c r="X26" i="1"/>
+  <c r="X25" i="1"/>
+  <c r="X24" i="1"/>
+  <c r="X22" i="1"/>
+  <c r="X21" i="1"/>
+  <c r="X20" i="1"/>
+  <c r="X28" i="1"/>
+  <c r="X17" i="1"/>
+  <c r="X16" i="1"/>
+  <c r="X18" i="1" s="1"/>
+  <c r="V15" i="1"/>
+  <c r="X35" i="1" l="1"/>
+  <c r="X41" i="1" s="1"/>
+  <c r="X45" i="1" s="1"/>
+  <c r="X44" i="2"/>
+  <c r="X38" i="2"/>
+  <c r="X28" i="2"/>
+  <c r="X45" i="2" s="1"/>
   <c r="W46" i="2"/>
-  <c r="W45" i="2"/>
+  <c r="W43" i="2"/>
+  <c r="W42" i="2"/>
+  <c r="W40" i="2"/>
+  <c r="W44" i="2" s="1"/>
+  <c r="W36" i="2"/>
+  <c r="W35" i="2"/>
+  <c r="W34" i="2"/>
+  <c r="W33" i="2"/>
+  <c r="W38" i="2" s="1"/>
+  <c r="W32" i="2"/>
+  <c r="W31" i="2"/>
+  <c r="W30" i="2"/>
+  <c r="W27" i="2"/>
+  <c r="W26" i="2"/>
+  <c r="W25" i="2"/>
+  <c r="W24" i="2"/>
+  <c r="W23" i="2"/>
+  <c r="W21" i="2"/>
+  <c r="W20" i="2"/>
+  <c r="W19" i="2"/>
+  <c r="W18" i="2"/>
+  <c r="W17" i="2"/>
+  <c r="W16" i="2"/>
+  <c r="W15" i="2"/>
+  <c r="W41" i="2"/>
+  <c r="W43" i="1"/>
+  <c r="W38" i="1"/>
+  <c r="W37" i="1"/>
+  <c r="W32" i="1"/>
+  <c r="W30" i="1"/>
+  <c r="W27" i="1"/>
+  <c r="W26" i="1"/>
+  <c r="W25" i="1"/>
+  <c r="W24" i="1"/>
+  <c r="W23" i="1"/>
+  <c r="W22" i="1"/>
+  <c r="W21" i="1"/>
+  <c r="W17" i="1"/>
+  <c r="W16" i="1"/>
+  <c r="W15" i="1"/>
+  <c r="W18" i="1" s="1"/>
+  <c r="W40" i="1"/>
+  <c r="W20" i="1"/>
+  <c r="W34" i="1" l="1"/>
+  <c r="X48" i="2"/>
+  <c r="W28" i="2"/>
+  <c r="W45" i="2" s="1"/>
   <c r="W48" i="2" s="1"/>
-  <c r="W44" i="2"/>
-[...3 lines deleted...]
-  <c r="W34" i="1"/>
   <c r="W28" i="1"/>
-  <c r="W18" i="1"/>
-  <c r="W35" i="1" l="1"/>
+  <c r="W35" i="1"/>
   <c r="W41" i="1" s="1"/>
   <c r="W45" i="1" s="1"/>
-  <c r="V46" i="2" l="1"/>
+  <c r="V46" i="2"/>
   <c r="V43" i="2"/>
   <c r="V41" i="2"/>
   <c r="V40" i="2"/>
   <c r="V36" i="2"/>
   <c r="V35" i="2"/>
   <c r="V34" i="2"/>
   <c r="V33" i="2"/>
   <c r="V32" i="2"/>
   <c r="V31" i="2"/>
   <c r="V30" i="2"/>
   <c r="V27" i="2"/>
   <c r="V26" i="2"/>
   <c r="V25" i="2"/>
   <c r="V24" i="2"/>
   <c r="V23" i="2"/>
   <c r="V21" i="2"/>
   <c r="V20" i="2"/>
   <c r="V19" i="2"/>
   <c r="V18" i="2"/>
   <c r="V17" i="2"/>
   <c r="V16" i="2"/>
   <c r="V15" i="2"/>
   <c r="V44" i="2" l="1"/>
   <c r="V38" i="2"/>
   <c r="V28" i="2"/>
   <c r="V43" i="1"/>
   <c r="V38" i="1"/>
   <c r="V37" i="1"/>
   <c r="V40" i="1" s="1"/>
   <c r="V32" i="1"/>
   <c r="V30" i="1"/>
   <c r="V27" i="1"/>
   <c r="V26" i="1"/>
   <c r="V25" i="1"/>
   <c r="V24" i="1"/>
   <c r="V23" i="1"/>
   <c r="V22" i="1"/>
   <c r="V21" i="1"/>
   <c r="V20" i="1"/>
   <c r="V17" i="1"/>
   <c r="V16" i="1"/>
-  <c r="V15" i="1"/>
   <c r="V34" i="1"/>
   <c r="V45" i="2" l="1"/>
   <c r="V48" i="2" s="1"/>
   <c r="V28" i="1"/>
   <c r="V18" i="1"/>
   <c r="U46" i="2"/>
   <c r="T44" i="2"/>
   <c r="T38" i="2"/>
   <c r="V35" i="1" l="1"/>
   <c r="V41" i="1" s="1"/>
   <c r="V45" i="1" s="1"/>
   <c r="T25" i="2"/>
   <c r="T21" i="2"/>
   <c r="T19" i="2"/>
   <c r="T18" i="2"/>
-  <c r="T28" i="2" l="1"/>
+  <c r="T28" i="2" s="1"/>
   <c r="T45" i="2" s="1"/>
   <c r="T48" i="2" s="1"/>
-  <c r="U43" i="1"/>
-  <c r="U40" i="1"/>
+  <c r="U43" i="1" l="1"/>
   <c r="T40" i="1"/>
   <c r="U38" i="1"/>
+  <c r="U40" i="1" s="1"/>
+  <c r="U34" i="1"/>
   <c r="T34" i="1"/>
   <c r="U32" i="1"/>
   <c r="U31" i="1"/>
   <c r="U30" i="1"/>
-  <c r="U34" i="1" s="1"/>
   <c r="U27" i="1"/>
   <c r="U26" i="1"/>
   <c r="U25" i="1"/>
   <c r="U24" i="1"/>
   <c r="U23" i="1"/>
   <c r="T23" i="1"/>
   <c r="T28" i="1" s="1"/>
   <c r="U22" i="1"/>
+  <c r="U28" i="1" s="1"/>
   <c r="U21" i="1"/>
   <c r="U20" i="1"/>
-  <c r="U28" i="1" s="1"/>
-  <c r="U18" i="1"/>
   <c r="U17" i="1"/>
   <c r="U16" i="1"/>
   <c r="T16" i="1"/>
   <c r="T18" i="1" s="1"/>
+  <c r="T35" i="1" s="1"/>
+  <c r="T41" i="1" s="1"/>
+  <c r="T45" i="1" s="1"/>
   <c r="U15" i="1"/>
-  <c r="U35" i="1" l="1"/>
+  <c r="U18" i="1" s="1"/>
+  <c r="U35" i="1" s="1"/>
   <c r="U41" i="1" s="1"/>
   <c r="U45" i="1" s="1"/>
-  <c r="T35" i="1"/>
-[...2 lines deleted...]
-  <c r="U43" i="2"/>
+  <c r="U43" i="2" l="1"/>
   <c r="U41" i="2"/>
   <c r="U40" i="2"/>
   <c r="U44" i="2" s="1"/>
   <c r="U36" i="2"/>
   <c r="U35" i="2"/>
   <c r="U34" i="2"/>
   <c r="U33" i="2"/>
   <c r="U32" i="2"/>
   <c r="U31" i="2"/>
   <c r="U30" i="2"/>
+  <c r="U38" i="2" s="1"/>
   <c r="U27" i="2"/>
   <c r="U26" i="2"/>
   <c r="U25" i="2"/>
   <c r="U24" i="2"/>
   <c r="U23" i="2"/>
   <c r="U21" i="2"/>
   <c r="U20" i="2"/>
   <c r="U19" i="2"/>
   <c r="U18" i="2"/>
   <c r="U17" i="2"/>
   <c r="U16" i="2"/>
   <c r="U15" i="2"/>
-  <c r="U38" i="2" l="1"/>
-  <c r="U28" i="2"/>
+  <c r="U28" i="2" l="1"/>
   <c r="D7" i="1"/>
   <c r="D8" i="1" l="1"/>
   <c r="U45" i="2"/>
   <c r="U48" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="210">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
@@ -657,50 +799,143 @@
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>–</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> – – </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">– – – </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
+    <t>SMR_GCEGIBC</t>
+  </si>
+  <si>
+    <t>SMR_GCEGWC</t>
+  </si>
+  <si>
+    <t>SMR_GCEGEP</t>
+  </si>
+  <si>
+    <t>SMR_GCEGO</t>
+  </si>
+  <si>
+    <t>SMR_GCESTH</t>
+  </si>
+  <si>
+    <t>SMR_GCEI</t>
+  </si>
+  <si>
+    <t>SMR_GCECTAR</t>
+  </si>
+  <si>
+    <t>SMR_GCECCF</t>
+  </si>
+  <si>
+    <t>SMR_GCECWSF</t>
+  </si>
+  <si>
+    <t>SMR_GCESTT</t>
+  </si>
+  <si>
+    <t>SMR_GCECMG</t>
+  </si>
+  <si>
+    <t>SMR_GCECCGS</t>
+  </si>
+  <si>
+    <t>SMR_GCECCR</t>
+  </si>
+  <si>
+    <t>SMR_GCEC</t>
+  </si>
+  <si>
+    <t>SMR_GCEKL</t>
+  </si>
+  <si>
+    <t>SMR_GCEKA</t>
+  </si>
+  <si>
+    <t>SMR_GCEKTDG</t>
+  </si>
+  <si>
+    <t>SMR_GCEKTDO</t>
+  </si>
+  <si>
+    <t>SMR_GCEKTPS</t>
+  </si>
+  <si>
+    <t>SMR_GCEKTRS</t>
+  </si>
+  <si>
+    <t>SMR_GCEKTES</t>
+  </si>
+  <si>
+    <t>SMR_GCEKP</t>
+  </si>
+  <si>
+    <t>SMR_GCEK</t>
+  </si>
+  <si>
+    <t>SMR_GCELLD</t>
+  </si>
+  <si>
+    <t>SMR_GCELDAD</t>
+  </si>
+  <si>
+    <t>SMR_GCELSB</t>
+  </si>
+  <si>
+    <t>SMR_GCELP</t>
+  </si>
+  <si>
+    <t>SMR_GCEL</t>
+  </si>
+  <si>
+    <t>SMR_GCE</t>
+  </si>
+  <si>
+    <t>SMR_GCEMEM</t>
+  </si>
+  <si>
+    <t>SMR_GCENL</t>
+  </si>
+  <si>
     <t>SMR_GCRTDT_EUR</t>
   </si>
   <si>
     <t>SMR_GCRTIN_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGRTTM_EUR</t>
   </si>
   <si>
     <t>SMR_GCR_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGI_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGM_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGINS_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGINPS_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGINSP_EUR</t>
@@ -734,155 +969,62 @@
   </si>
   <si>
     <t>SMR_GCRGR_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGLTSB_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGLTNB_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGLTLB_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGLT_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGRL_EUR</t>
   </si>
   <si>
     <t>SMR_GCRMEM_EUR</t>
   </si>
   <si>
     <t>SMR_GCRGRLM_EUR</t>
   </si>
-  <si>
-[...91 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_-[$€]\ * #,##0.00_-;\-[$€]\ * #,##0.00_-;_-[$€]\ * \-??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-[$€]\ * #,##0.00_-;\-[$€]\ * #,##0.00_-;_-[$€]\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -995,96 +1137,108 @@
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="9">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E9F5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1149,246 +1303,250 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="10" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="20" fillId="9" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Collegamento ipertestuale" xfId="10" builtinId="8"/>
     <cellStyle name="Comma [0] 2" xfId="4"/>
     <cellStyle name="Heading 1 2 18" xfId="11"/>
     <cellStyle name="Heading 1 2 18 2" xfId="12"/>
     <cellStyle name="Normal 2" xfId="3"/>
     <cellStyle name="Normal 2 93" xfId="8"/>
     <cellStyle name="Normal 3" xfId="5"/>
     <cellStyle name="Normal 3 102" xfId="9"/>
     <cellStyle name="Normal 4" xfId="1"/>
     <cellStyle name="Normal 4 2 3 2" xfId="6"/>
     <cellStyle name="Normal 5" xfId="2"/>
     <cellStyle name="Normal 89" xfId="7"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="15">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
@@ -1514,50 +1672,55 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF0000FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19939,5334 +20102,5576 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWM47"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="11" topLeftCell="S27" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="11" topLeftCell="W12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="X45" sqref="X45:Y45"/>
+      <selection pane="bottomRight" activeCell="AH21" sqref="AH21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="59.85546875" style="1" customWidth="1"/>
-    <col min="4" max="4" width="58.5703125" customWidth="1"/>
+    <col min="3" max="3" width="47.5703125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="45.5703125" customWidth="1"/>
     <col min="5" max="5" width="18.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
-    <col min="7" max="25" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="19" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="20" max="21" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="23" width="14.28515625" customWidth="1"/>
+    <col min="24" max="24" width="12" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
-      <c r="E1" s="24"/>
-      <c r="F1" s="24"/>
+      <c r="W1"/>
     </row>
-    <row r="2" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
+      <c r="W2"/>
     </row>
-    <row r="3" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
+      <c r="W3"/>
     </row>
-    <row r="4" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>132</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
+      <c r="W4"/>
       <c r="WWL4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWM4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
+      <c r="W5"/>
       <c r="WWL5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWM5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
+      <c r="W6"/>
       <c r="WWL6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWM6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>6</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Million</v>
       </c>
+      <c r="W7"/>
       <c r="WWL7" s="3"/>
       <c r="WWM7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Annual</v>
       </c>
+      <c r="W8"/>
       <c r="WWL8" s="3"/>
       <c r="WWM8" s="3"/>
     </row>
-    <row r="9" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
+      <c r="W9"/>
     </row>
-    <row r="10" spans="1:25 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:26 16158:16159" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
+      <c r="W10"/>
     </row>
-    <row r="11" spans="1:25 16158:16159" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:26 16158:16159" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>133</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="F11" s="25">
+      <c r="F11" s="24">
         <v>2004</v>
       </c>
-      <c r="G11" s="25">
+      <c r="G11" s="24">
         <v>2005</v>
       </c>
-      <c r="H11" s="25">
+      <c r="H11" s="24">
         <v>2006</v>
       </c>
-      <c r="I11" s="25">
+      <c r="I11" s="24">
         <v>2007</v>
       </c>
-      <c r="J11" s="25">
+      <c r="J11" s="24">
         <v>2008</v>
       </c>
-      <c r="K11" s="25">
+      <c r="K11" s="24">
         <v>2009</v>
       </c>
-      <c r="L11" s="25">
+      <c r="L11" s="24">
         <v>2010</v>
       </c>
-      <c r="M11" s="25">
+      <c r="M11" s="24">
         <v>2011</v>
       </c>
-      <c r="N11" s="25">
+      <c r="N11" s="24">
         <v>2012</v>
       </c>
-      <c r="O11" s="25">
+      <c r="O11" s="24">
         <v>2013</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="24">
         <v>2014</v>
       </c>
-      <c r="Q11" s="25">
+      <c r="Q11" s="24">
         <v>2015</v>
       </c>
-      <c r="R11" s="25">
+      <c r="R11" s="24">
         <v>2016</v>
       </c>
-      <c r="S11" s="25">
+      <c r="S11" s="24">
         <v>2017</v>
       </c>
-      <c r="T11" s="25">
+      <c r="T11" s="67">
         <v>2018</v>
       </c>
-      <c r="U11" s="25">
+      <c r="U11" s="67">
         <v>2019</v>
       </c>
-      <c r="V11" s="25">
+      <c r="V11" s="71">
         <v>2020</v>
       </c>
-      <c r="W11" s="25">
+      <c r="W11" s="71">
         <v>2021</v>
       </c>
-      <c r="X11" s="25">
+      <c r="X11" s="71">
         <v>2022</v>
       </c>
-      <c r="Y11" s="25">
+      <c r="Y11" s="71">
         <v>2023</v>
       </c>
+      <c r="Z11" s="78">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="12" spans="1:25 16158:16159" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:26 16158:16159" x14ac:dyDescent="0.25">
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
-      <c r="F12" s="25"/>
-[...18 lines deleted...]
-      <c r="Y12" s="25"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="24"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="67"/>
+      <c r="U12" s="67"/>
+      <c r="V12" s="72"/>
+      <c r="W12" s="72"/>
+      <c r="Z12" s="79"/>
     </row>
-    <row r="13" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C13" s="27" t="s">
+    <row r="13" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C13" s="25" t="s">
         <v>134</v>
       </c>
-      <c r="D13" s="27" t="s">
+      <c r="D13" s="25" t="s">
         <v>135</v>
       </c>
-      <c r="E13" s="28"/>
-[...19 lines deleted...]
-      <c r="Y13" s="76"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="62"/>
+      <c r="G13" s="65"/>
+      <c r="H13" s="65"/>
+      <c r="I13" s="65"/>
+      <c r="J13" s="65"/>
+      <c r="K13" s="65"/>
+      <c r="L13" s="65"/>
+      <c r="M13" s="65"/>
+      <c r="N13" s="65"/>
+      <c r="O13" s="65"/>
+      <c r="P13" s="65"/>
+      <c r="Q13" s="65"/>
+      <c r="R13" s="65"/>
+      <c r="S13" s="65"/>
+      <c r="T13" s="68"/>
+      <c r="U13" s="68"/>
+      <c r="V13" s="69"/>
+      <c r="W13" s="69"/>
+      <c r="Z13" s="80"/>
     </row>
-    <row r="14" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C14" s="29" t="s">
+    <row r="14" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C14" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="D14" s="30" t="s">
+      <c r="D14" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="E14" s="29"/>
-[...19 lines deleted...]
-      <c r="Y14" s="32"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="29"/>
+      <c r="H14" s="29"/>
+      <c r="I14" s="29"/>
+      <c r="J14" s="29"/>
+      <c r="K14" s="29"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="29"/>
+      <c r="R14" s="27"/>
+      <c r="S14" s="27"/>
+      <c r="T14" s="27"/>
+      <c r="U14" s="27"/>
+      <c r="V14" s="69"/>
+      <c r="W14" s="69"/>
+      <c r="Z14" s="80"/>
     </row>
-    <row r="15" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="23" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="C15" s="64" t="s">
+        <v>184</v>
+      </c>
+      <c r="C15" s="53" t="s">
         <v>26</v>
       </c>
-      <c r="D15" s="67" t="s">
+      <c r="D15" s="56" t="s">
         <v>27</v>
       </c>
-      <c r="E15" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="31">
+      <c r="E15" s="62" t="s">
+        <v>184</v>
+      </c>
+      <c r="F15" s="29">
         <v>108.36199999999999</v>
       </c>
-      <c r="G15" s="31">
+      <c r="G15" s="29">
         <v>116.50925009999999</v>
       </c>
-      <c r="H15" s="31">
+      <c r="H15" s="29">
         <v>128.52724154000001</v>
       </c>
-      <c r="I15" s="31">
+      <c r="I15" s="29">
         <v>133.62741041000001</v>
       </c>
-      <c r="J15" s="31">
+      <c r="J15" s="29">
         <v>154.65607263999999</v>
       </c>
-      <c r="K15" s="31">
+      <c r="K15" s="29">
         <v>125.96175159000001</v>
       </c>
-      <c r="L15" s="33">
+      <c r="L15" s="29">
         <v>125.94493985</v>
       </c>
-      <c r="M15" s="33">
+      <c r="M15" s="29">
         <v>109.268</v>
       </c>
-      <c r="N15" s="34">
+      <c r="N15" s="30">
         <v>101.98502698999999</v>
       </c>
-      <c r="O15" s="34">
+      <c r="O15" s="30">
         <v>108.167</v>
       </c>
-      <c r="P15" s="34">
+      <c r="P15" s="30">
         <v>112.15758875</v>
       </c>
-      <c r="Q15" s="34">
+      <c r="Q15" s="30">
         <v>113.71305739</v>
       </c>
-      <c r="R15" s="35">
+      <c r="R15" s="30">
         <v>108.88031002</v>
       </c>
-      <c r="S15" s="36">
+      <c r="S15" s="31">
         <v>112.80204878000001</v>
       </c>
-      <c r="T15" s="36">
+      <c r="T15" s="31">
         <v>126.189441</v>
       </c>
-      <c r="U15" s="36">
+      <c r="U15" s="31">
         <f>131814676.96/1000000</f>
         <v>131.81467695999999</v>
       </c>
-      <c r="V15" s="36">
+      <c r="V15" s="31">
         <f>119403090.48/1000000</f>
         <v>119.40309048</v>
       </c>
-      <c r="W15" s="36">
+      <c r="W15" s="31">
+        <f>141789166.32/1000000</f>
         <v>141.78916631999999</v>
       </c>
-      <c r="X15" s="36">
+      <c r="X15" s="31">
+        <f>162643503.38/1000000</f>
         <v>162.64350338</v>
       </c>
-      <c r="Y15" s="36">
+      <c r="Y15" s="76">
+        <f>176124400.34/1000000</f>
         <v>176.12440033999999</v>
       </c>
+      <c r="Z15" s="81">
+        <v>195.89543878000001</v>
+      </c>
     </row>
-    <row r="16" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C16" s="64" t="s">
+        <v>185</v>
+      </c>
+      <c r="C16" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="D16" s="67" t="s">
+      <c r="D16" s="56" t="s">
         <v>29</v>
       </c>
-      <c r="E16" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="31">
+      <c r="E16" s="62" t="s">
+        <v>185</v>
+      </c>
+      <c r="F16" s="29">
         <v>28.425999999999998</v>
       </c>
-      <c r="G16" s="31">
+      <c r="G16" s="29">
         <v>35.980649579999998</v>
       </c>
-      <c r="H16" s="31">
+      <c r="H16" s="29">
         <v>51.923645790000002</v>
       </c>
-      <c r="I16" s="31">
+      <c r="I16" s="29">
         <v>58.309643680000001</v>
       </c>
-      <c r="J16" s="31">
+      <c r="J16" s="29">
         <v>59.735324749999997</v>
       </c>
-      <c r="K16" s="31">
+      <c r="K16" s="29">
         <v>54.139385159999996</v>
       </c>
-      <c r="L16" s="33">
+      <c r="L16" s="29">
         <v>47.708007700000003</v>
       </c>
-      <c r="M16" s="33">
+      <c r="M16" s="29">
         <v>40.558999999999997</v>
       </c>
-      <c r="N16" s="34">
+      <c r="N16" s="30">
         <v>46.686437320000003</v>
       </c>
-      <c r="O16" s="34">
+      <c r="O16" s="30">
         <v>33.503999999999998</v>
       </c>
-      <c r="P16" s="34">
+      <c r="P16" s="30">
         <v>37.378759810000005</v>
       </c>
-      <c r="Q16" s="34">
+      <c r="Q16" s="30">
         <v>35.379534579999998</v>
       </c>
-      <c r="R16" s="35">
+      <c r="R16" s="30">
         <v>35.315684270000006</v>
       </c>
-      <c r="S16" s="36">
+      <c r="S16" s="31">
         <v>36.330137119999996</v>
       </c>
-      <c r="T16" s="36">
+      <c r="T16" s="31">
         <f>55485295.29/1000000</f>
         <v>55.485295289999996</v>
       </c>
-      <c r="U16" s="36">
+      <c r="U16" s="31">
         <f>39051982.88/1000000</f>
         <v>39.051982880000004</v>
       </c>
-      <c r="V16" s="36">
+      <c r="V16" s="31">
         <f>35510050.51/1000000</f>
         <v>35.510050509999999</v>
       </c>
-      <c r="W16" s="36">
+      <c r="W16" s="31">
+        <f>40701379.52/1000000</f>
         <v>40.701379520000003</v>
       </c>
-      <c r="X16" s="36">
+      <c r="X16" s="31">
+        <f>50413372.94/1000000</f>
         <v>50.413372939999995</v>
       </c>
-      <c r="Y16" s="36">
+      <c r="Y16" s="76">
+        <f>49571976.44/1000000</f>
         <v>49.57197644</v>
       </c>
+      <c r="Z16" s="81">
+        <v>48.551215630000002</v>
+      </c>
     </row>
-    <row r="17" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="23" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="C17" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="C17" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="D17" s="67" t="s">
+      <c r="D17" s="56" t="s">
         <v>31</v>
       </c>
-      <c r="E17" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="31">
+      <c r="E17" s="62" t="s">
+        <v>186</v>
+      </c>
+      <c r="F17" s="29">
         <v>342.64699999999999</v>
       </c>
-      <c r="G17" s="31">
+      <c r="G17" s="29">
         <v>357.35617339999999</v>
       </c>
-      <c r="H17" s="31">
+      <c r="H17" s="29">
         <v>404.15871085000003</v>
       </c>
-      <c r="I17" s="31">
+      <c r="I17" s="29">
         <v>469.47860095999999</v>
       </c>
-      <c r="J17" s="31">
+      <c r="J17" s="29">
         <v>461.08984827999996</v>
       </c>
-      <c r="K17" s="31">
+      <c r="K17" s="29">
         <v>372.97482991999999</v>
       </c>
-      <c r="L17" s="33">
+      <c r="L17" s="29">
         <v>329.69580826999999</v>
       </c>
-      <c r="M17" s="33">
+      <c r="M17" s="29">
         <v>277.18599999999998</v>
       </c>
-      <c r="N17" s="34">
+      <c r="N17" s="30">
         <v>299.59809330000002</v>
       </c>
-      <c r="O17" s="34">
+      <c r="O17" s="30">
         <v>295.01600000000002</v>
       </c>
-      <c r="P17" s="34">
+      <c r="P17" s="30">
         <v>258.72862082</v>
       </c>
-      <c r="Q17" s="34">
+      <c r="Q17" s="30">
         <v>256.38956080000003</v>
       </c>
-      <c r="R17" s="35">
+      <c r="R17" s="30">
         <v>274.41991418000003</v>
       </c>
-      <c r="S17" s="36">
+      <c r="S17" s="31">
         <v>275.57081535000003</v>
       </c>
-      <c r="T17" s="36">
+      <c r="T17" s="31">
         <v>281.89916399999998</v>
       </c>
-      <c r="U17" s="36">
+      <c r="U17" s="31">
         <f>281700829.56/1000000</f>
         <v>281.70082955999999</v>
       </c>
-      <c r="V17" s="36">
+      <c r="V17" s="31">
         <f>254026998.14/1000000</f>
         <v>254.02699813999999</v>
       </c>
-      <c r="W17" s="36">
+      <c r="W17" s="31">
+        <f>318523400.18/1000000</f>
         <v>318.52340018000001</v>
       </c>
-      <c r="X17" s="36">
+      <c r="X17" s="31">
+        <f>365833623.52/1000000</f>
         <v>365.83362352</v>
       </c>
-      <c r="Y17" s="36">
+      <c r="Y17" s="76">
+        <f>382576601.39/1000000</f>
         <v>382.57660139000001</v>
       </c>
+      <c r="Z17" s="81">
+        <v>371.43486662999999</v>
+      </c>
     </row>
-    <row r="18" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="23" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="C18" s="64" t="s">
+        <v>187</v>
+      </c>
+      <c r="C18" s="53" t="s">
         <v>136</v>
       </c>
-      <c r="D18" s="68" t="s">
+      <c r="D18" s="57" t="s">
         <v>32</v>
       </c>
-      <c r="E18" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="31">
+      <c r="E18" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="F18" s="29">
         <v>479.43499999999995</v>
       </c>
-      <c r="G18" s="31">
+      <c r="G18" s="29">
         <v>509.84607308</v>
       </c>
-      <c r="H18" s="31">
+      <c r="H18" s="29">
         <v>584.60959818000003</v>
       </c>
-      <c r="I18" s="31">
+      <c r="I18" s="29">
         <v>661.41565504999994</v>
       </c>
-      <c r="J18" s="31">
+      <c r="J18" s="29">
         <v>675.48124566999991</v>
       </c>
-      <c r="K18" s="31">
+      <c r="K18" s="29">
         <v>553.07596666999996</v>
       </c>
-      <c r="L18" s="33">
+      <c r="L18" s="29">
         <v>503.34875581999995</v>
       </c>
-      <c r="M18" s="33">
+      <c r="M18" s="29">
         <v>427.01299999999998</v>
       </c>
-      <c r="N18" s="33">
+      <c r="N18" s="29">
         <v>448.26955760999999</v>
       </c>
-      <c r="O18" s="34">
+      <c r="O18" s="30">
         <v>436.68700000000001</v>
       </c>
-      <c r="P18" s="37">
+      <c r="P18" s="32">
         <v>408.26496938000003</v>
       </c>
-      <c r="Q18" s="37">
+      <c r="Q18" s="32">
         <v>405.48215277000003</v>
       </c>
-      <c r="R18" s="37">
+      <c r="R18" s="32">
         <v>418.61590847000002</v>
       </c>
-      <c r="S18" s="38">
+      <c r="S18" s="33">
         <v>424.70300125000006</v>
       </c>
-      <c r="T18" s="38">
-        <f>SUM(T15:T17)</f>
+      <c r="T18" s="33">
+        <f t="shared" ref="T18:Z18" si="0">SUM(T15:T17)</f>
         <v>463.57390028999998</v>
       </c>
-      <c r="U18" s="38">
-        <f>SUM(U15:U17)</f>
+      <c r="U18" s="33">
+        <f t="shared" si="0"/>
         <v>452.5674894</v>
       </c>
-      <c r="V18" s="38">
-        <f>SUM(V15:V17)</f>
+      <c r="V18" s="33">
+        <f t="shared" si="0"/>
         <v>408.94013912999998</v>
       </c>
-      <c r="W18" s="38">
-        <f>SUM(W15:W17)</f>
+      <c r="W18" s="33">
+        <f t="shared" si="0"/>
         <v>501.01394601999999</v>
       </c>
-      <c r="X18" s="38">
+      <c r="X18" s="33">
+        <f t="shared" si="0"/>
         <v>578.89049983999996</v>
       </c>
-      <c r="Y18" s="38">
+      <c r="Y18" s="33">
+        <f t="shared" si="0"/>
         <v>608.27297816999999</v>
       </c>
+      <c r="Z18" s="82">
+        <f t="shared" si="0"/>
+        <v>615.88152104000005</v>
+      </c>
     </row>
-    <row r="19" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C19" s="29" t="s">
+    <row r="19" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C19" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="D19" s="30" t="s">
+      <c r="D19" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="F19" s="31"/>
-[...18 lines deleted...]
-      <c r="Y19" s="36"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="30"/>
+      <c r="O19" s="30"/>
+      <c r="P19" s="30"/>
+      <c r="Q19" s="30"/>
+      <c r="R19" s="30"/>
+      <c r="S19" s="31"/>
+      <c r="T19" s="31"/>
+      <c r="U19" s="31"/>
+      <c r="V19" s="31"/>
+      <c r="W19" s="31"/>
+      <c r="Y19" s="76"/>
+      <c r="Z19" s="80"/>
     </row>
-    <row r="20" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="23" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="C20" s="64" t="s">
+        <v>188</v>
+      </c>
+      <c r="C20" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="D20" s="67" t="s">
+      <c r="D20" s="56" t="s">
         <v>36</v>
       </c>
-      <c r="E20" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="31">
+      <c r="E20" s="62" t="s">
+        <v>188</v>
+      </c>
+      <c r="F20" s="29">
         <v>4.6159999999999997</v>
       </c>
-      <c r="G20" s="31">
+      <c r="G20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="H20" s="31">
+      <c r="H20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="I20" s="31">
+      <c r="I20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="J20" s="31">
+      <c r="J20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="K20" s="31">
+      <c r="K20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="L20" s="31">
+      <c r="L20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="M20" s="31">
+      <c r="M20" s="29">
         <v>4.6481120000000002</v>
       </c>
-      <c r="N20" s="35">
+      <c r="N20" s="30">
         <v>4.6481120000000002</v>
       </c>
-      <c r="O20" s="35">
+      <c r="O20" s="30">
         <v>4.6481120000000002</v>
       </c>
-      <c r="P20" s="34">
+      <c r="P20" s="30">
         <v>4.6481120000000002</v>
       </c>
-      <c r="Q20" s="34">
+      <c r="Q20" s="30">
         <v>4.6481120000000002</v>
       </c>
-      <c r="R20" s="35">
+      <c r="R20" s="30">
         <v>4.6481120000000002</v>
       </c>
-      <c r="S20" s="36">
+      <c r="S20" s="31">
         <v>4.6481120000000002</v>
       </c>
-      <c r="T20" s="36">
+      <c r="T20" s="31">
         <v>4.6481120000000002</v>
       </c>
-      <c r="U20" s="36">
+      <c r="U20" s="31">
         <f>4648112/1000000</f>
         <v>4.6481120000000002</v>
       </c>
-      <c r="V20" s="36">
+      <c r="V20" s="31">
         <f>4648112/1000000</f>
         <v>4.6481120000000002</v>
       </c>
-      <c r="W20" s="36">
+      <c r="W20" s="31">
+        <f>4648112/1000000</f>
         <v>4.6481120000000002</v>
       </c>
-      <c r="X20" s="36">
+      <c r="X20" s="31">
+        <f>4648112/1000000</f>
         <v>4.6481120000000002</v>
       </c>
-      <c r="Y20" s="36">
+      <c r="Y20" s="76">
+        <f>4648112/1000000</f>
         <v>4.6481120000000002</v>
       </c>
+      <c r="Z20" s="81">
+        <v>4.6481120000000002</v>
+      </c>
     </row>
-    <row r="21" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:26" s="23" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B21" s="23" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C21" s="64" t="s">
+        <v>189</v>
+      </c>
+      <c r="C21" s="53" t="s">
         <v>37</v>
       </c>
-      <c r="D21" s="69" t="s">
+      <c r="D21" s="58" t="s">
         <v>38</v>
       </c>
-      <c r="E21" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="31">
+      <c r="E21" s="62" t="s">
+        <v>189</v>
+      </c>
+      <c r="F21" s="29">
         <v>17.039000000000001</v>
       </c>
-      <c r="G21" s="31">
+      <c r="G21" s="29">
         <v>19.79826061</v>
       </c>
-      <c r="H21" s="31">
+      <c r="H21" s="29">
         <v>22.768879609999999</v>
       </c>
-      <c r="I21" s="31">
+      <c r="I21" s="29">
         <v>22.468237970000001</v>
       </c>
-      <c r="J21" s="31">
+      <c r="J21" s="29">
         <v>24.516284629999998</v>
       </c>
-      <c r="K21" s="31">
+      <c r="K21" s="29">
         <v>24.974916309999998</v>
       </c>
-      <c r="L21" s="31">
+      <c r="L21" s="29">
         <v>25.231547039999999</v>
       </c>
-      <c r="M21" s="31">
+      <c r="M21" s="29">
         <v>24.135000000000002</v>
       </c>
-      <c r="N21" s="35">
+      <c r="N21" s="30">
         <v>25.66033303</v>
       </c>
-      <c r="O21" s="35">
+      <c r="O21" s="30">
         <v>22.655999999999999</v>
       </c>
-      <c r="P21" s="34">
+      <c r="P21" s="30">
         <v>21.783226800000001</v>
       </c>
-      <c r="Q21" s="34">
+      <c r="Q21" s="30">
         <v>22.10703827</v>
       </c>
-      <c r="R21" s="34">
+      <c r="R21" s="30">
         <v>21.931182809999999</v>
       </c>
-      <c r="S21" s="36">
+      <c r="S21" s="31">
         <v>20.547287710000003</v>
       </c>
-      <c r="T21" s="36">
+      <c r="T21" s="31">
         <v>20.330098</v>
       </c>
-      <c r="U21" s="36">
+      <c r="U21" s="31">
         <f>19930381.1/1000000</f>
         <v>19.930381100000002</v>
       </c>
-      <c r="V21" s="36">
+      <c r="V21" s="31">
         <f>19026247.96/1000000</f>
         <v>19.026247959999999</v>
       </c>
-      <c r="W21" s="36">
+      <c r="W21" s="31">
+        <f>19893365.6/1000000</f>
         <v>19.893365600000003</v>
       </c>
-      <c r="X21" s="36">
+      <c r="X21" s="31">
+        <f>22169360.54/1000000</f>
         <v>22.16936054</v>
       </c>
-      <c r="Y21" s="36">
+      <c r="Y21" s="76">
+        <f>21910572.92/1000000</f>
         <v>21.910572920000003</v>
       </c>
+      <c r="Z21" s="81">
+        <v>23.315629359999999</v>
+      </c>
     </row>
-    <row r="22" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="C22" s="64" t="s">
+        <v>190</v>
+      </c>
+      <c r="C22" s="53" t="s">
         <v>39</v>
       </c>
-      <c r="D22" s="67" t="s">
+      <c r="D22" s="56" t="s">
         <v>40</v>
       </c>
-      <c r="E22" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="31">
+      <c r="E22" s="62" t="s">
+        <v>190</v>
+      </c>
+      <c r="F22" s="29">
         <v>12.271000000000001</v>
       </c>
-      <c r="G22" s="31">
+      <c r="G22" s="29">
         <v>5.8081917499999998</v>
       </c>
-      <c r="H22" s="31">
+      <c r="H22" s="29">
         <v>5.8725400800000003</v>
       </c>
-      <c r="I22" s="31">
+      <c r="I22" s="29">
         <v>7.1759920300000006</v>
       </c>
-      <c r="J22" s="31">
+      <c r="J22" s="29">
         <v>5.9835875999999999</v>
       </c>
-      <c r="K22" s="31">
+      <c r="K22" s="29">
         <v>11.93033063</v>
       </c>
-      <c r="L22" s="31">
+      <c r="L22" s="29">
         <v>8.9207194899999998</v>
       </c>
-      <c r="M22" s="31">
+      <c r="M22" s="29">
         <v>8.3070000000000004</v>
       </c>
-      <c r="N22" s="35">
+      <c r="N22" s="30">
         <v>9.1638396499999999</v>
       </c>
-      <c r="O22" s="35">
+      <c r="O22" s="30">
         <v>11.19</v>
       </c>
-      <c r="P22" s="34">
+      <c r="P22" s="30">
         <v>18.02156879</v>
       </c>
-      <c r="Q22" s="34">
+      <c r="Q22" s="30">
         <v>12.511786650000001</v>
       </c>
-      <c r="R22" s="34">
+      <c r="R22" s="30">
         <v>23.32175372</v>
       </c>
-      <c r="S22" s="36">
+      <c r="S22" s="31">
         <v>18.079177999999999</v>
       </c>
-      <c r="T22" s="36">
+      <c r="T22" s="31">
         <v>13.666867999999999</v>
       </c>
-      <c r="U22" s="36">
+      <c r="U22" s="31">
         <f>34270324.77/1000000</f>
         <v>34.270324770000002</v>
       </c>
-      <c r="V22" s="36">
+      <c r="V22" s="31">
         <f>21730481.04/1000000</f>
         <v>21.730481040000001</v>
       </c>
-      <c r="W22" s="36">
+      <c r="W22" s="31">
+        <f>11682962.42/1000000</f>
         <v>11.682962419999999</v>
       </c>
-      <c r="X22" s="36">
+      <c r="X22" s="31">
+        <f>31367521.422/1000000</f>
         <v>31.367521421999999</v>
       </c>
-      <c r="Y22" s="36">
+      <c r="Y22" s="76">
+        <f>23305539.27/1000000</f>
         <v>23.305539270000001</v>
       </c>
+      <c r="Z22" s="81">
+        <v>19.15022063</v>
+      </c>
     </row>
-    <row r="23" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="23" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="C23" s="64" t="s">
+        <v>191</v>
+      </c>
+      <c r="C23" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="D23" s="67" t="s">
+      <c r="D23" s="56" t="s">
         <v>42</v>
       </c>
-      <c r="E23" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="31">
+      <c r="E23" s="62" t="s">
+        <v>191</v>
+      </c>
+      <c r="F23" s="29">
         <v>9.81</v>
       </c>
-      <c r="G23" s="31">
+      <c r="G23" s="29">
         <v>9.7907762899999984</v>
       </c>
-      <c r="H23" s="31">
+      <c r="H23" s="29">
         <v>11.35675505</v>
       </c>
-      <c r="I23" s="31">
+      <c r="I23" s="29">
         <v>10.93455657</v>
       </c>
-      <c r="J23" s="31">
+      <c r="J23" s="29">
         <v>11.18641886</v>
       </c>
-      <c r="K23" s="31">
+      <c r="K23" s="29">
         <v>11.391490619999999</v>
       </c>
-      <c r="L23" s="31">
+      <c r="L23" s="29">
         <v>12.24572774</v>
       </c>
-      <c r="M23" s="31">
+      <c r="M23" s="29">
         <v>13.782</v>
       </c>
-      <c r="N23" s="35">
+      <c r="N23" s="30">
         <v>10.41058821</v>
       </c>
-      <c r="O23" s="35">
+      <c r="O23" s="30">
         <v>10.333</v>
       </c>
-      <c r="P23" s="34">
+      <c r="P23" s="30">
         <v>7.3182380899999995</v>
       </c>
-      <c r="Q23" s="34">
+      <c r="Q23" s="30">
         <v>8.1861297300000011</v>
       </c>
-      <c r="R23" s="34">
+      <c r="R23" s="30">
         <v>7.2382688000000002</v>
       </c>
-      <c r="S23" s="36">
+      <c r="S23" s="31">
         <v>8.0140109900000009</v>
       </c>
-      <c r="T23" s="36">
+      <c r="T23" s="31">
         <f>8860281.85/1000000</f>
         <v>8.8602818499999998</v>
       </c>
-      <c r="U23" s="36">
+      <c r="U23" s="31">
         <f>7982707.87/1000000</f>
         <v>7.9827078700000005</v>
       </c>
-      <c r="V23" s="36">
+      <c r="V23" s="31">
         <f>6707369.89/1000000</f>
         <v>6.7073698899999998</v>
       </c>
-      <c r="W23" s="36">
+      <c r="W23" s="31">
+        <f>16124543.96/1000000</f>
         <v>16.12454396</v>
       </c>
-      <c r="X23" s="36">
+      <c r="X23" s="31">
+        <f>13736594.9/1000000</f>
         <v>13.7365949</v>
       </c>
-      <c r="Y23" s="36">
+      <c r="Y23" s="76">
+        <f>17507193.05/1000000</f>
         <v>17.507193050000001</v>
       </c>
+      <c r="Z23" s="81">
+        <v>14.920440640000001</v>
+      </c>
     </row>
-    <row r="24" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="23" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="C24" s="64" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" s="53" t="s">
         <v>43</v>
       </c>
-      <c r="D24" s="67" t="s">
+      <c r="D24" s="56" t="s">
         <v>44</v>
       </c>
-      <c r="E24" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="31">
+      <c r="E24" s="62" t="s">
+        <v>192</v>
+      </c>
+      <c r="F24" s="29">
         <v>0.69899999999999995</v>
       </c>
-      <c r="G24" s="31">
+      <c r="G24" s="29">
         <v>1.8499860700000001</v>
       </c>
-      <c r="H24" s="31">
+      <c r="H24" s="29">
         <v>0.66197861000000002</v>
       </c>
-      <c r="I24" s="31">
+      <c r="I24" s="29">
         <v>1.65128125</v>
       </c>
-      <c r="J24" s="31">
+      <c r="J24" s="29">
         <v>2.64822048</v>
       </c>
-      <c r="K24" s="31">
+      <c r="K24" s="29">
         <v>1.82173629</v>
       </c>
-      <c r="L24" s="31">
+      <c r="L24" s="29">
         <v>2.5513308599999998</v>
       </c>
-      <c r="M24" s="31">
+      <c r="M24" s="29">
         <v>3.9740000000000002</v>
       </c>
-      <c r="N24" s="35">
+      <c r="N24" s="30">
         <v>10.926505199999999</v>
       </c>
-      <c r="O24" s="35">
+      <c r="O24" s="30">
         <v>1.5169999999999999</v>
       </c>
-      <c r="P24" s="34">
+      <c r="P24" s="30">
         <v>10.049383890000001</v>
       </c>
-      <c r="Q24" s="34">
+      <c r="Q24" s="30">
         <v>9.1210524999999993</v>
       </c>
-      <c r="R24" s="34">
+      <c r="R24" s="30">
         <v>9.6347508699999995</v>
       </c>
-      <c r="S24" s="36">
+      <c r="S24" s="31">
         <v>8.3245493800000006</v>
       </c>
-      <c r="T24" s="36">
+      <c r="T24" s="31">
         <v>7.5231729999999999</v>
       </c>
-      <c r="U24" s="36">
+      <c r="U24" s="31">
         <f>7407898.77/1000000</f>
         <v>7.4078987699999992</v>
       </c>
-      <c r="V24" s="36">
+      <c r="V24" s="31">
         <f>30761907.1/1000000</f>
         <v>30.761907100000002</v>
       </c>
-      <c r="W24" s="36">
+      <c r="W24" s="31">
+        <f>7492644.05/1000000</f>
         <v>7.49264405</v>
       </c>
-      <c r="X24" s="36">
+      <c r="X24" s="31">
+        <f>4790152.43/1000000</f>
         <v>4.79015243</v>
       </c>
-      <c r="Y24" s="36">
+      <c r="Y24" s="76">
+        <f>6347133.97/1000000</f>
         <v>6.3471339699999998</v>
       </c>
+      <c r="Z24" s="81">
+        <v>20.554445090000002</v>
+      </c>
     </row>
-    <row r="25" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="C25" s="64" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" s="53" t="s">
         <v>45</v>
       </c>
-      <c r="D25" s="67" t="s">
+      <c r="D25" s="56" t="s">
         <v>46</v>
       </c>
-      <c r="E25" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="31">
+      <c r="E25" s="62" t="s">
+        <v>193</v>
+      </c>
+      <c r="F25" s="29">
         <v>24.824000000000002</v>
       </c>
-      <c r="G25" s="31">
+      <c r="G25" s="29">
         <v>23.061956479999999</v>
       </c>
-      <c r="H25" s="31">
+      <c r="H25" s="29">
         <v>13.89196866</v>
       </c>
-      <c r="I25" s="31">
+      <c r="I25" s="29">
         <v>14.363720039999999</v>
       </c>
-      <c r="J25" s="31">
+      <c r="J25" s="29">
         <v>12.184883210000001</v>
       </c>
-      <c r="K25" s="31">
+      <c r="K25" s="29">
         <v>13.136134949999999</v>
       </c>
-      <c r="L25" s="31">
+      <c r="L25" s="29">
         <v>16.070428669999998</v>
       </c>
-      <c r="M25" s="31">
+      <c r="M25" s="29">
         <v>14.083</v>
       </c>
-      <c r="N25" s="35">
+      <c r="N25" s="30">
         <v>12.786738</v>
       </c>
-      <c r="O25" s="35">
+      <c r="O25" s="30">
         <v>12.257</v>
       </c>
-      <c r="P25" s="34">
+      <c r="P25" s="30">
         <v>4.8035601400000001</v>
       </c>
-      <c r="Q25" s="34">
+      <c r="Q25" s="30">
         <v>7.5009429599999997</v>
       </c>
-      <c r="R25" s="34">
+      <c r="R25" s="30">
         <v>11.990335999999999</v>
       </c>
-      <c r="S25" s="36">
+      <c r="S25" s="31">
         <v>18.770473800000001</v>
       </c>
-      <c r="T25" s="36">
+      <c r="T25" s="31">
         <v>20.123318000000001</v>
       </c>
-      <c r="U25" s="36">
+      <c r="U25" s="31">
         <f>8440465.23/1000000</f>
         <v>8.4404652300000009</v>
       </c>
-      <c r="V25" s="36">
+      <c r="V25" s="31">
         <f>5565272.12/1000000</f>
         <v>5.5652721200000004</v>
       </c>
-      <c r="W25" s="36">
+      <c r="W25" s="31">
+        <f>7273795.75/1000000</f>
         <v>7.2737957499999997</v>
       </c>
-      <c r="X25" s="36">
+      <c r="X25" s="31">
+        <f>2314268.67/1000000</f>
         <v>2.3142686700000001</v>
       </c>
-      <c r="Y25" s="36">
+      <c r="Y25" s="76">
+        <f>8172159.17/1000000</f>
         <v>8.1721591700000005</v>
       </c>
+      <c r="Z25" s="81">
+        <v>7.4583380300000002</v>
+      </c>
     </row>
-    <row r="26" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="23" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C26" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" s="53" t="s">
         <v>47</v>
       </c>
-      <c r="D26" s="67" t="s">
+      <c r="D26" s="56" t="s">
         <v>48</v>
       </c>
-      <c r="E26" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="31">
+      <c r="E26" s="62" t="s">
+        <v>194</v>
+      </c>
+      <c r="F26" s="29">
         <v>1.792</v>
       </c>
-      <c r="G26" s="31">
+      <c r="G26" s="29">
         <v>1.7854636000000002</v>
       </c>
-      <c r="H26" s="31">
+      <c r="H26" s="29">
         <v>2.7361916499999999</v>
       </c>
-      <c r="I26" s="31">
+      <c r="I26" s="29">
         <v>4.5058425099999999</v>
       </c>
-      <c r="J26" s="31">
+      <c r="J26" s="29">
         <v>5.5857499900000001</v>
       </c>
-      <c r="K26" s="31">
+      <c r="K26" s="29">
         <v>2.3799114599999998</v>
       </c>
-      <c r="L26" s="31">
+      <c r="L26" s="29">
         <v>1.4872528</v>
       </c>
-      <c r="M26" s="31">
+      <c r="M26" s="29">
         <v>1.9750000000000001</v>
       </c>
-      <c r="N26" s="35">
+      <c r="N26" s="30">
         <v>1.69138107</v>
       </c>
-      <c r="O26" s="35">
+      <c r="O26" s="30">
         <v>1.226</v>
       </c>
-      <c r="P26" s="34">
+      <c r="P26" s="30">
         <v>1.7837438000000001</v>
       </c>
-      <c r="Q26" s="34">
+      <c r="Q26" s="30">
         <v>2.8304588500000003</v>
       </c>
-      <c r="R26" s="34">
+      <c r="R26" s="30">
         <v>6.7178811300000003</v>
       </c>
-      <c r="S26" s="36">
+      <c r="S26" s="31">
         <v>3.5449115299999998</v>
       </c>
-      <c r="T26" s="36">
+      <c r="T26" s="31">
         <v>3.0220069999999999</v>
       </c>
-      <c r="U26" s="36">
+      <c r="U26" s="31">
         <f>2125561.16/1000000</f>
         <v>2.1255611600000002</v>
       </c>
-      <c r="V26" s="36">
+      <c r="V26" s="31">
         <f>1608844.31/1000000</f>
         <v>1.6088443100000001</v>
       </c>
-      <c r="W26" s="36">
+      <c r="W26" s="31">
+        <f>852750.26/1000000</f>
         <v>0.85275025999999998</v>
       </c>
-      <c r="X26" s="36">
+      <c r="X26" s="31">
+        <f>1451774.7/1000000</f>
         <v>1.4517746999999999</v>
       </c>
-      <c r="Y26" s="36">
+      <c r="Y26" s="76">
+        <f>1459776.42/1000000</f>
         <v>1.4597764199999999</v>
       </c>
+      <c r="Z26" s="81">
+        <v>2.2339740699999999</v>
+      </c>
     </row>
-    <row r="27" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="23" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="C27" s="64" t="s">
+        <v>195</v>
+      </c>
+      <c r="C27" s="53" t="s">
         <v>49</v>
       </c>
-      <c r="D27" s="67" t="s">
+      <c r="D27" s="56" t="s">
         <v>50</v>
       </c>
-      <c r="E27" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="31">
+      <c r="E27" s="62" t="s">
+        <v>195</v>
+      </c>
+      <c r="F27" s="29">
         <v>4.6079999999999997</v>
       </c>
-      <c r="G27" s="31">
+      <c r="G27" s="29">
         <v>6.6105291799999994</v>
       </c>
-      <c r="H27" s="31">
+      <c r="H27" s="29">
         <v>4.6034757199999996</v>
       </c>
-      <c r="I27" s="31">
+      <c r="I27" s="29">
         <v>4.8241819499999998</v>
       </c>
-      <c r="J27" s="31">
+      <c r="J27" s="29">
         <v>4.9982651799999998</v>
       </c>
-      <c r="K27" s="31">
+      <c r="K27" s="29">
         <v>5.4450553299999997</v>
       </c>
-      <c r="L27" s="31">
+      <c r="L27" s="29">
         <v>5.0806096100000007</v>
       </c>
-      <c r="M27" s="31">
+      <c r="M27" s="29">
         <v>6.0140000000000002</v>
       </c>
-      <c r="N27" s="35">
+      <c r="N27" s="30">
         <v>5.9094703099999997</v>
       </c>
-      <c r="O27" s="35">
+      <c r="O27" s="30">
         <v>6.3760000000000003</v>
       </c>
-      <c r="P27" s="34">
+      <c r="P27" s="30">
         <v>5.0012880499999994</v>
       </c>
-      <c r="Q27" s="34">
+      <c r="Q27" s="30">
         <v>5.0044023300000005</v>
       </c>
-      <c r="R27" s="34">
+      <c r="R27" s="30">
         <v>5.5272184500000003</v>
       </c>
-      <c r="S27" s="36">
+      <c r="S27" s="31">
         <v>4.7077110800000002</v>
       </c>
-      <c r="T27" s="36">
+      <c r="T27" s="31">
         <v>4.5564869999999997</v>
       </c>
-      <c r="U27" s="36">
+      <c r="U27" s="31">
         <f>4982851.12/1000000</f>
         <v>4.9828511200000003</v>
       </c>
-      <c r="V27" s="36">
+      <c r="V27" s="31">
         <f>6120559.72/1000000</f>
         <v>6.1205597200000001</v>
       </c>
-      <c r="W27" s="36">
+      <c r="W27" s="31">
+        <f>5089097.22/1000000</f>
         <v>5.0890972199999993</v>
       </c>
-      <c r="X27" s="36">
+      <c r="X27" s="31">
+        <f>8590420.54/1000000</f>
         <v>8.5904205399999984</v>
       </c>
-      <c r="Y27" s="36">
+      <c r="Y27" s="76">
+        <f>4952660.34/1000000</f>
         <v>4.9526603399999996</v>
       </c>
+      <c r="Z27" s="81">
+        <v>5.5197794699999996</v>
+      </c>
     </row>
-    <row r="28" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C28" s="64" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" s="53" t="s">
         <v>137</v>
       </c>
-      <c r="D28" s="68" t="s">
+      <c r="D28" s="57" t="s">
         <v>51</v>
       </c>
-      <c r="E28" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="31">
+      <c r="E28" s="62" t="s">
+        <v>196</v>
+      </c>
+      <c r="F28" s="29">
         <v>75.659000000000006</v>
       </c>
-      <c r="G28" s="31">
+      <c r="G28" s="29">
         <v>73.353275980000006</v>
       </c>
-      <c r="H28" s="31">
+      <c r="H28" s="29">
         <v>66.539901380000003</v>
       </c>
-      <c r="I28" s="31">
+      <c r="I28" s="29">
         <v>70.571924319999994</v>
       </c>
-      <c r="J28" s="31">
+      <c r="J28" s="29">
         <v>71.751521949999997</v>
       </c>
-      <c r="K28" s="31">
+      <c r="K28" s="29">
         <v>75.727687590000002</v>
       </c>
-      <c r="L28" s="31">
+      <c r="L28" s="29">
         <v>76.235728209999991</v>
       </c>
-      <c r="M28" s="31">
+      <c r="M28" s="29">
         <v>76.918111999999994</v>
       </c>
-      <c r="N28" s="31">
+      <c r="N28" s="29">
         <v>81.196967470000018</v>
       </c>
-      <c r="O28" s="35">
+      <c r="O28" s="30">
         <v>70.203112000000004</v>
       </c>
-      <c r="P28" s="37">
+      <c r="P28" s="32">
         <v>73.409121560000003</v>
       </c>
-      <c r="Q28" s="37">
+      <c r="Q28" s="32">
         <v>71.909923290000009</v>
       </c>
-      <c r="R28" s="37">
+      <c r="R28" s="32">
         <v>91.009503780000003</v>
       </c>
-      <c r="S28" s="38">
+      <c r="S28" s="33">
         <v>86.636234489999993</v>
       </c>
-      <c r="T28" s="38">
-        <f>SUM(T20:T27)</f>
+      <c r="T28" s="33">
+        <f t="shared" ref="T28:Z28" si="1">SUM(T20:T27)</f>
         <v>82.730344850000009</v>
       </c>
-      <c r="U28" s="38">
-        <f>SUM(U20:U27)</f>
+      <c r="U28" s="33">
+        <f t="shared" si="1"/>
         <v>89.788302020000017</v>
       </c>
-      <c r="V28" s="38">
-        <f>SUM(V20:V27)</f>
+      <c r="V28" s="33">
+        <f t="shared" si="1"/>
         <v>96.168794140000003</v>
       </c>
-      <c r="W28" s="38">
-        <f>SUM(W20:W27)</f>
+      <c r="W28" s="33">
+        <f t="shared" si="1"/>
         <v>73.057271259999993</v>
       </c>
-      <c r="X28" s="38">
+      <c r="X28" s="33">
+        <f t="shared" si="1"/>
         <v>89.068205202000001</v>
       </c>
-      <c r="Y28" s="38">
+      <c r="Y28" s="33">
+        <f t="shared" si="1"/>
         <v>88.303147139999993</v>
       </c>
+      <c r="Z28" s="82">
+        <f t="shared" si="1"/>
+        <v>97.800939290000017</v>
+      </c>
     </row>
-    <row r="29" spans="2:25" s="26" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C29" s="29" t="s">
+    <row r="29" spans="2:26" s="23" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="C29" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="D29" s="39" t="s">
+      <c r="D29" s="34" t="s">
         <v>53</v>
       </c>
-      <c r="F29" s="31"/>
-[...18 lines deleted...]
-      <c r="Y29" s="36"/>
+      <c r="F29" s="29"/>
+      <c r="G29" s="29"/>
+      <c r="H29" s="29"/>
+      <c r="I29" s="29"/>
+      <c r="J29" s="29"/>
+      <c r="K29" s="29"/>
+      <c r="L29" s="29"/>
+      <c r="M29" s="29"/>
+      <c r="N29" s="30"/>
+      <c r="O29" s="30"/>
+      <c r="P29" s="30"/>
+      <c r="Q29" s="30"/>
+      <c r="R29" s="30"/>
+      <c r="S29" s="31"/>
+      <c r="T29" s="31"/>
+      <c r="U29" s="31"/>
+      <c r="V29" s="31"/>
+      <c r="W29" s="31"/>
+      <c r="Y29" s="76"/>
+      <c r="Z29" s="80"/>
     </row>
-    <row r="30" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B30" s="23" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C30" s="64" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="D30" s="67" t="s">
+      <c r="D30" s="56" t="s">
         <v>55</v>
       </c>
-      <c r="E30" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="31">
+      <c r="E30" s="62" t="s">
+        <v>197</v>
+      </c>
+      <c r="F30" s="29">
         <v>7.0010000000000003</v>
       </c>
-      <c r="G30" s="31">
+      <c r="G30" s="29">
         <v>3.6371436500000001</v>
       </c>
-      <c r="H30" s="31">
+      <c r="H30" s="29">
         <v>1.89432819</v>
       </c>
-      <c r="I30" s="31">
+      <c r="I30" s="29">
         <v>0.56745798000000003</v>
       </c>
-      <c r="J30" s="31">
+      <c r="J30" s="29">
         <v>2.6063894799999998</v>
       </c>
-      <c r="K30" s="31">
+      <c r="K30" s="29">
         <v>0.96497390999999999</v>
       </c>
-      <c r="L30" s="31">
+      <c r="L30" s="29">
         <v>0.67356971999999993</v>
       </c>
-      <c r="M30" s="31">
+      <c r="M30" s="29">
         <v>0.36199999999999999</v>
       </c>
-      <c r="N30" s="35">
+      <c r="N30" s="30">
         <v>0.19777194000000001</v>
       </c>
-      <c r="O30" s="35">
+      <c r="O30" s="30">
         <v>0.184</v>
       </c>
-      <c r="P30" s="34">
+      <c r="P30" s="30">
         <v>0.33215158</v>
       </c>
-      <c r="Q30" s="34">
+      <c r="Q30" s="30">
         <v>0.89888857999999994</v>
       </c>
-      <c r="R30" s="35">
+      <c r="R30" s="30">
         <v>1.4581873400000001</v>
       </c>
-      <c r="S30" s="36">
+      <c r="S30" s="31">
         <v>0.16883789999999999</v>
       </c>
-      <c r="T30" s="36">
+      <c r="T30" s="31">
         <v>0.40624399999999999</v>
       </c>
-      <c r="U30" s="36">
+      <c r="U30" s="31">
         <f>23991.52/1000000</f>
         <v>2.3991519999999999E-2</v>
       </c>
-      <c r="V30" s="36">
+      <c r="V30" s="31">
         <f>20755.54/1000000</f>
         <v>2.0755539999999999E-2</v>
       </c>
-      <c r="W30" s="36">
+      <c r="W30" s="31">
+        <f>1068112.65/1000000</f>
         <v>1.06811265</v>
       </c>
-      <c r="X30" s="36">
+      <c r="X30" s="31">
+        <f>227677.95/1000000</f>
         <v>0.22767795000000002</v>
       </c>
-      <c r="Y30" s="36">
+      <c r="Y30" s="76">
+        <f>287630.88/1000000</f>
         <v>0.28763087999999998</v>
       </c>
+      <c r="Z30" s="81">
+        <v>6.5717600000000001E-2</v>
+      </c>
     </row>
-    <row r="31" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="C31" s="64" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" s="53" t="s">
         <v>56</v>
       </c>
-      <c r="D31" s="67" t="s">
+      <c r="D31" s="56" t="s">
         <v>57</v>
       </c>
-      <c r="E31" s="77" t="s">
-[...11 lines deleted...]
-      <c r="O31" s="35">
+      <c r="E31" s="66" t="s">
+        <v>198</v>
+      </c>
+      <c r="F31" s="29"/>
+      <c r="G31" s="29"/>
+      <c r="H31" s="29"/>
+      <c r="I31" s="29"/>
+      <c r="J31" s="29"/>
+      <c r="K31" s="29"/>
+      <c r="L31" s="29"/>
+      <c r="M31" s="29"/>
+      <c r="N31" s="30"/>
+      <c r="O31" s="30">
         <v>0</v>
       </c>
-      <c r="P31" s="34">
+      <c r="P31" s="30">
         <v>0</v>
       </c>
-      <c r="Q31" s="34">
+      <c r="Q31" s="30">
         <v>0</v>
       </c>
-      <c r="R31" s="35">
+      <c r="R31" s="30">
         <v>0</v>
       </c>
-      <c r="S31" s="36">
+      <c r="S31" s="31">
         <v>0</v>
       </c>
-      <c r="T31" s="36">
+      <c r="T31" s="31">
         <v>0</v>
       </c>
-      <c r="U31" s="36">
+      <c r="U31" s="31">
         <f>4835982.21/1000000</f>
         <v>4.8359822100000001</v>
       </c>
-      <c r="V31" s="36">
+      <c r="V31" s="31">
         <v>0</v>
       </c>
-      <c r="W31" s="36">
+      <c r="W31" s="31">
         <v>0</v>
       </c>
-      <c r="X31" s="36">
+      <c r="X31" s="31">
         <v>0</v>
       </c>
-      <c r="Y31" s="36">
+      <c r="Y31" s="76">
         <v>0</v>
       </c>
+      <c r="Z31" s="81">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B32" s="23" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C32" s="64" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" s="53" t="s">
         <v>58</v>
       </c>
-      <c r="D32" s="67" t="s">
+      <c r="D32" s="56" t="s">
         <v>59</v>
       </c>
-      <c r="E32" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="31">
+      <c r="E32" s="62" t="s">
+        <v>199</v>
+      </c>
+      <c r="F32" s="29">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="G32" s="31">
+      <c r="G32" s="29">
         <v>4.5997600000000005E-3</v>
       </c>
-      <c r="H32" s="31">
+      <c r="H32" s="29">
         <v>1.82E-3</v>
       </c>
-      <c r="I32" s="31">
+      <c r="I32" s="29">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="J32" s="31">
+      <c r="J32" s="29">
         <v>3.3159999999999999E-3</v>
       </c>
-      <c r="K32" s="31">
+      <c r="K32" s="29">
         <v>2.2327499999999999E-3</v>
       </c>
-      <c r="L32" s="31">
+      <c r="L32" s="29">
         <v>2.0166219999999999E-2</v>
       </c>
-      <c r="M32" s="31">
+      <c r="M32" s="29">
         <v>3.9E-2</v>
       </c>
-      <c r="N32" s="35">
+      <c r="N32" s="30">
         <v>2.2000000000000001E-4</v>
       </c>
-      <c r="O32" s="35">
+      <c r="O32" s="30">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="P32" s="34">
+      <c r="P32" s="30">
         <v>2.4355547500000001</v>
       </c>
-      <c r="Q32" s="34">
+      <c r="Q32" s="30">
         <v>5.4333339999999994E-2</v>
       </c>
-      <c r="R32" s="35">
+      <c r="R32" s="30">
         <v>0.10985803</v>
       </c>
-      <c r="S32" s="36">
+      <c r="S32" s="31">
         <v>40.452365829999998</v>
       </c>
-      <c r="T32" s="36">
+      <c r="T32" s="31">
         <v>35.206831000000001</v>
       </c>
-      <c r="U32" s="36">
+      <c r="U32" s="31">
         <f>78501/1000000</f>
         <v>7.8501000000000001E-2</v>
       </c>
-      <c r="V32" s="36">
+      <c r="V32" s="31">
         <f>10502/1000000</f>
         <v>1.0501999999999999E-2</v>
       </c>
-      <c r="W32" s="36">
+      <c r="W32" s="31">
+        <f>1100/1000000</f>
         <v>1.1000000000000001E-3</v>
       </c>
-      <c r="X32" s="36">
+      <c r="X32" s="31">
+        <f>61866.67/1000000</f>
         <v>6.1866669999999999E-2</v>
       </c>
-      <c r="Y32" s="36">
+      <c r="Y32" s="76">
+        <f>7160/1000000</f>
         <v>7.1599999999999997E-3</v>
       </c>
+      <c r="Z32" s="81">
+        <v>9.3799999999999994E-3</v>
+      </c>
     </row>
-    <row r="33" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B33" s="23" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="C33" s="64" t="s">
+        <v>200</v>
+      </c>
+      <c r="C33" s="53" t="s">
         <v>60</v>
       </c>
-      <c r="D33" s="67" t="s">
+      <c r="D33" s="56" t="s">
         <v>61</v>
       </c>
-      <c r="E33" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="31">
+      <c r="E33" s="62" t="s">
+        <v>200</v>
+      </c>
+      <c r="F33" s="29">
         <v>0</v>
       </c>
-      <c r="G33" s="31">
+      <c r="G33" s="29">
         <v>0</v>
       </c>
-      <c r="H33" s="31">
+      <c r="H33" s="29">
         <v>0</v>
       </c>
-      <c r="I33" s="31">
+      <c r="I33" s="29">
         <v>0</v>
       </c>
-      <c r="J33" s="31">
+      <c r="J33" s="29">
         <v>0</v>
       </c>
-      <c r="K33" s="31">
+      <c r="K33" s="29">
         <v>0</v>
       </c>
-      <c r="L33" s="31">
+      <c r="L33" s="29">
         <v>0</v>
       </c>
-      <c r="M33" s="31">
+      <c r="M33" s="29">
         <v>0</v>
       </c>
-      <c r="N33" s="35">
+      <c r="N33" s="30">
         <v>0</v>
       </c>
-      <c r="O33" s="35">
+      <c r="O33" s="30">
         <v>0</v>
       </c>
-      <c r="P33" s="34">
+      <c r="P33" s="30">
         <v>0</v>
       </c>
-      <c r="Q33" s="34">
+      <c r="Q33" s="30">
         <v>0</v>
       </c>
-      <c r="R33" s="35">
+      <c r="R33" s="30">
         <v>0</v>
       </c>
-      <c r="S33" s="36">
+      <c r="S33" s="31">
         <v>0</v>
       </c>
-      <c r="T33" s="36">
+      <c r="T33" s="31">
         <v>0</v>
       </c>
-      <c r="U33" s="36">
+      <c r="U33" s="31">
         <v>0</v>
       </c>
-      <c r="V33" s="36">
+      <c r="V33" s="31">
         <v>0</v>
       </c>
-      <c r="W33" s="36">
+      <c r="W33" s="31">
         <v>0</v>
       </c>
-      <c r="X33" s="36">
+      <c r="X33" s="31">
         <v>0</v>
       </c>
-      <c r="Y33" s="36">
+      <c r="Y33" s="76">
         <v>0</v>
       </c>
+      <c r="Z33" s="81">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B34" s="23" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="C34" s="64" t="s">
+        <v>201</v>
+      </c>
+      <c r="C34" s="53" t="s">
         <v>138</v>
       </c>
-      <c r="D34" s="68" t="s">
+      <c r="D34" s="57" t="s">
         <v>62</v>
       </c>
-      <c r="E34" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="31">
+      <c r="E34" s="62" t="s">
+        <v>201</v>
+      </c>
+      <c r="F34" s="29">
         <v>7.0070000000000006</v>
       </c>
-      <c r="G34" s="31">
+      <c r="G34" s="29">
         <v>3.6417434100000001</v>
       </c>
-      <c r="H34" s="31">
+      <c r="H34" s="29">
         <v>1.8961481899999999</v>
       </c>
-      <c r="I34" s="31">
+      <c r="I34" s="29">
         <v>0.59245798000000005</v>
       </c>
-      <c r="J34" s="31">
+      <c r="J34" s="29">
         <v>2.6097054799999997</v>
       </c>
-      <c r="K34" s="31">
+      <c r="K34" s="29">
         <v>0.96720666</v>
       </c>
-      <c r="L34" s="31">
+      <c r="L34" s="29">
         <v>0.69373593999999994</v>
       </c>
-      <c r="M34" s="31">
+      <c r="M34" s="29">
         <v>0.40099999999999997</v>
       </c>
-      <c r="N34" s="31">
+      <c r="N34" s="29">
         <v>0.19799194000000001</v>
       </c>
-      <c r="O34" s="35">
+      <c r="O34" s="30">
         <v>0.187</v>
       </c>
-      <c r="P34" s="37">
+      <c r="P34" s="32">
         <v>2.7677063300000002</v>
       </c>
-      <c r="Q34" s="37">
+      <c r="Q34" s="32">
         <v>0.95322191999999994</v>
       </c>
-      <c r="R34" s="37">
+      <c r="R34" s="32">
         <v>1.5680453700000001</v>
       </c>
-      <c r="S34" s="38">
+      <c r="S34" s="33">
         <v>40.621203729999998</v>
       </c>
-      <c r="T34" s="38">
-        <f>SUM(T30:T33)</f>
+      <c r="T34" s="33">
+        <f t="shared" ref="T34:Y34" si="2">SUM(T30:T33)</f>
         <v>35.613075000000002</v>
       </c>
-      <c r="U34" s="38">
-        <f>SUM(U30:U33)</f>
+      <c r="U34" s="33">
+        <f t="shared" si="2"/>
         <v>4.9384747300000003</v>
       </c>
-      <c r="V34" s="38">
-        <f>SUM(V30:V33)</f>
+      <c r="V34" s="33">
+        <f t="shared" si="2"/>
         <v>3.125754E-2</v>
       </c>
-      <c r="W34" s="38">
-        <f>SUM(W30:W33)</f>
+      <c r="W34" s="33">
+        <f t="shared" si="2"/>
         <v>1.0692126500000001</v>
       </c>
-      <c r="X34" s="38">
+      <c r="X34" s="33">
+        <f t="shared" si="2"/>
         <v>0.28954462000000003</v>
       </c>
-      <c r="Y34" s="38">
+      <c r="Y34" s="33">
+        <f t="shared" si="2"/>
         <v>0.29479087999999998</v>
       </c>
+      <c r="Z34" s="82">
+        <f t="shared" ref="Z34" si="3">SUM(Z30:Z33)</f>
+        <v>7.50976E-2</v>
+      </c>
     </row>
-    <row r="35" spans="2:25" s="26" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:26" s="23" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
       <c r="B35" s="23" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C35" s="29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" s="27" t="s">
         <v>148</v>
       </c>
-      <c r="D35" s="66" t="s">
+      <c r="D35" s="55" t="s">
         <v>63</v>
       </c>
-      <c r="E35" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="31">
+      <c r="E35" s="62" t="s">
+        <v>202</v>
+      </c>
+      <c r="F35" s="29">
         <v>562.10099999999989</v>
       </c>
-      <c r="G35" s="31">
+      <c r="G35" s="29">
         <v>586.84109247000004</v>
       </c>
-      <c r="H35" s="31">
+      <c r="H35" s="29">
         <v>653.04564775000006</v>
       </c>
-      <c r="I35" s="31">
+      <c r="I35" s="29">
         <v>732.58003734999988</v>
       </c>
-      <c r="J35" s="31">
+      <c r="J35" s="29">
         <v>749.84247309999989</v>
       </c>
-      <c r="K35" s="31">
+      <c r="K35" s="29">
         <v>629.7708609199999</v>
       </c>
-      <c r="L35" s="31">
+      <c r="L35" s="29">
         <v>580.2782199699999</v>
       </c>
-      <c r="M35" s="31">
+      <c r="M35" s="29">
         <v>504.332112</v>
       </c>
-      <c r="N35" s="31">
+      <c r="N35" s="29">
         <v>529.66451701999995</v>
       </c>
-      <c r="O35" s="35">
+      <c r="O35" s="30">
         <v>507.07711200000006</v>
       </c>
-      <c r="P35" s="37">
+      <c r="P35" s="32">
         <v>484.44179727000005</v>
       </c>
-      <c r="Q35" s="37">
+      <c r="Q35" s="32">
         <v>478.34529798</v>
       </c>
-      <c r="R35" s="37">
+      <c r="R35" s="32">
         <v>511.19345762</v>
       </c>
-      <c r="S35" s="38">
+      <c r="S35" s="33">
         <v>551.9604394700001</v>
       </c>
-      <c r="T35" s="38">
-        <f>T18+T28+T34</f>
+      <c r="T35" s="33">
+        <f t="shared" ref="T35:Y35" si="4">T18+T28+T34</f>
         <v>581.91732014000002</v>
       </c>
-      <c r="U35" s="38">
-        <f>U18+U28+U34</f>
+      <c r="U35" s="33">
+        <f t="shared" si="4"/>
         <v>547.29426615000011</v>
       </c>
-      <c r="V35" s="38">
-        <f>V18+V28+V34</f>
+      <c r="V35" s="33">
+        <f t="shared" si="4"/>
         <v>505.14019080999998</v>
       </c>
-      <c r="W35" s="38">
-        <f>W18+W28+W34</f>
+      <c r="W35" s="33">
+        <f t="shared" si="4"/>
         <v>575.14042992999998</v>
       </c>
-      <c r="X35" s="38">
+      <c r="X35" s="33">
+        <f t="shared" si="4"/>
         <v>668.24824966200003</v>
       </c>
-      <c r="Y35" s="38">
+      <c r="Y35" s="33">
+        <f t="shared" si="4"/>
         <v>696.87091619</v>
       </c>
+      <c r="Z35" s="82">
+        <f t="shared" ref="Z35" si="5">Z18+Z28+Z34</f>
+        <v>713.75755793000008</v>
+      </c>
     </row>
-    <row r="36" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C36" s="29" t="s">
+    <row r="36" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C36" s="27" t="s">
         <v>64</v>
       </c>
-      <c r="D36" s="30" t="s">
+      <c r="D36" s="28" t="s">
         <v>65</v>
       </c>
-      <c r="F36" s="31"/>
-[...18 lines deleted...]
-      <c r="Y36" s="36"/>
+      <c r="F36" s="29"/>
+      <c r="G36" s="29"/>
+      <c r="H36" s="29"/>
+      <c r="I36" s="29"/>
+      <c r="J36" s="29"/>
+      <c r="K36" s="29"/>
+      <c r="L36" s="29"/>
+      <c r="M36" s="29"/>
+      <c r="N36" s="30"/>
+      <c r="O36" s="30"/>
+      <c r="P36" s="30"/>
+      <c r="Q36" s="30"/>
+      <c r="R36" s="30"/>
+      <c r="S36" s="31"/>
+      <c r="T36" s="31"/>
+      <c r="U36" s="31"/>
+      <c r="V36" s="31"/>
+      <c r="W36" s="31"/>
+      <c r="Y36" s="76"/>
+      <c r="Z36" s="80"/>
     </row>
-    <row r="37" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B37" s="23" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="C37" s="64" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" s="53" t="s">
         <v>66</v>
       </c>
-      <c r="D37" s="67" t="s">
+      <c r="D37" s="56" t="s">
         <v>67</v>
       </c>
-      <c r="E37" s="73" t="s">
-[...11 lines deleted...]
-      <c r="O37" s="35">
+      <c r="E37" s="62" t="s">
+        <v>203</v>
+      </c>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
+      <c r="K37" s="29"/>
+      <c r="L37" s="29"/>
+      <c r="M37" s="29"/>
+      <c r="N37" s="30"/>
+      <c r="O37" s="30">
         <v>85</v>
       </c>
-      <c r="P37" s="34">
+      <c r="P37" s="30">
         <v>0</v>
       </c>
-      <c r="Q37" s="34">
+      <c r="Q37" s="30">
         <v>40</v>
       </c>
-      <c r="R37" s="35">
+      <c r="R37" s="30">
         <v>10</v>
       </c>
-      <c r="S37" s="36">
+      <c r="S37" s="31">
         <v>0</v>
       </c>
-      <c r="T37" s="36">
+      <c r="T37" s="31">
         <v>34</v>
       </c>
-      <c r="U37" s="36">
+      <c r="U37" s="31">
         <v>0</v>
       </c>
-      <c r="V37" s="36">
+      <c r="V37" s="31">
         <f>160000000/1000000</f>
         <v>160</v>
       </c>
-      <c r="W37" s="36">
+      <c r="W37" s="31">
+        <f>340000000/1000000</f>
         <v>340</v>
       </c>
-      <c r="X37" s="36">
+      <c r="X37" s="31">
+        <f>50000000/1000000</f>
         <v>50</v>
       </c>
-      <c r="Y37" s="36">
+      <c r="Y37" s="76">
+        <f>400000000/1000000</f>
         <v>400</v>
       </c>
+      <c r="Z37" s="81">
+        <v>50</v>
+      </c>
     </row>
-    <row r="38" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B38" s="23" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="C38" s="64" t="s">
+        <v>204</v>
+      </c>
+      <c r="C38" s="53" t="s">
         <v>68</v>
       </c>
-      <c r="D38" s="67" t="s">
+      <c r="D38" s="56" t="s">
         <v>69</v>
       </c>
-      <c r="E38" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="31">
+      <c r="E38" s="62" t="s">
+        <v>204</v>
+      </c>
+      <c r="F38" s="29">
         <v>0</v>
       </c>
-      <c r="G38" s="31">
+      <c r="G38" s="29">
         <v>0</v>
       </c>
-      <c r="H38" s="31">
+      <c r="H38" s="29">
         <v>2.2256499999999999</v>
       </c>
-      <c r="I38" s="31">
+      <c r="I38" s="29">
         <v>4.0043499999999996</v>
       </c>
-      <c r="J38" s="31">
+      <c r="J38" s="29">
         <v>4.0999999999999996</v>
       </c>
-      <c r="K38" s="31">
+      <c r="K38" s="29">
         <v>3.5</v>
       </c>
-      <c r="L38" s="31">
+      <c r="L38" s="29">
         <v>0.66999999999999993</v>
       </c>
-      <c r="M38" s="31">
+      <c r="M38" s="29">
         <v>0</v>
       </c>
-      <c r="N38" s="35">
+      <c r="N38" s="30">
         <v>60</v>
       </c>
-      <c r="O38" s="35">
+      <c r="O38" s="30">
         <v>0</v>
       </c>
-      <c r="P38" s="34">
+      <c r="P38" s="30">
         <v>0</v>
       </c>
-      <c r="Q38" s="34">
+      <c r="Q38" s="30">
         <v>0</v>
       </c>
-      <c r="R38" s="35">
+      <c r="R38" s="30">
         <v>0</v>
       </c>
-      <c r="S38" s="36">
+      <c r="S38" s="31">
         <v>1.5</v>
       </c>
-      <c r="T38" s="36">
+      <c r="T38" s="31">
         <v>1.5</v>
       </c>
-      <c r="U38" s="36">
+      <c r="U38" s="31">
         <f>4000000/1000000</f>
         <v>4</v>
       </c>
-      <c r="V38" s="36">
+      <c r="V38" s="31">
         <f>1500000/1000000</f>
         <v>1.5</v>
       </c>
-      <c r="W38" s="36">
+      <c r="W38" s="31">
+        <f>23858977.94/1000000</f>
         <v>23.858977940000003</v>
       </c>
-      <c r="X38" s="36">
+      <c r="X38" s="31">
+        <f>0/1000000</f>
         <v>0</v>
       </c>
-      <c r="Y38" s="36">
+      <c r="Y38" s="76">
         <v>0</v>
       </c>
+      <c r="Z38" s="81">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B39" s="23" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="C39" s="64" t="s">
+        <v>205</v>
+      </c>
+      <c r="C39" s="53" t="s">
         <v>70</v>
       </c>
-      <c r="D39" s="67" t="s">
+      <c r="D39" s="56" t="s">
         <v>71</v>
       </c>
-      <c r="E39" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="31">
+      <c r="E39" s="62" t="s">
+        <v>205</v>
+      </c>
+      <c r="F39" s="29">
         <v>0</v>
       </c>
-      <c r="G39" s="31">
+      <c r="G39" s="29">
         <v>0</v>
       </c>
-      <c r="H39" s="31">
+      <c r="H39" s="29">
         <v>0</v>
       </c>
-      <c r="I39" s="31">
+      <c r="I39" s="29">
         <v>0</v>
       </c>
-      <c r="J39" s="31">
+      <c r="J39" s="29">
         <v>0</v>
       </c>
-      <c r="K39" s="31">
+      <c r="K39" s="29">
         <v>0</v>
       </c>
-      <c r="L39" s="31">
+      <c r="L39" s="29">
         <v>0</v>
       </c>
-      <c r="M39" s="31">
+      <c r="M39" s="29">
         <v>0</v>
       </c>
-      <c r="N39" s="35">
+      <c r="N39" s="30">
         <v>0</v>
       </c>
-      <c r="O39" s="35">
+      <c r="O39" s="30">
         <v>17.138999999999999</v>
       </c>
-      <c r="P39" s="34">
+      <c r="P39" s="30">
         <v>0</v>
       </c>
-      <c r="Q39" s="34">
+      <c r="Q39" s="30">
         <v>0</v>
       </c>
-      <c r="R39" s="35">
+      <c r="R39" s="30">
         <v>0</v>
       </c>
-      <c r="S39" s="36">
+      <c r="S39" s="31">
         <v>0</v>
       </c>
-      <c r="T39" s="36">
+      <c r="T39" s="31">
         <v>0</v>
       </c>
-      <c r="U39" s="36">
+      <c r="U39" s="31">
         <v>0</v>
       </c>
-      <c r="V39" s="36">
+      <c r="V39" s="31"/>
+      <c r="W39" s="31"/>
+      <c r="Y39" s="76"/>
+      <c r="Z39" s="80"/>
+    </row>
+    <row r="40" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B40" s="23" t="s">
+        <v>206</v>
+      </c>
+      <c r="C40" s="53" t="s">
+        <v>139</v>
+      </c>
+      <c r="D40" s="57" t="s">
+        <v>72</v>
+      </c>
+      <c r="E40" s="62" t="s">
+        <v>206</v>
+      </c>
+      <c r="F40" s="29">
         <v>0</v>
       </c>
-      <c r="W39" s="36">
+      <c r="G40" s="29">
         <v>0</v>
       </c>
-      <c r="X39" s="36"/>
-      <c r="Y39" s="36"/>
+      <c r="H40" s="29">
+        <v>2.2256499999999999</v>
+      </c>
+      <c r="I40" s="29">
+        <v>4.0043499999999996</v>
+      </c>
+      <c r="J40" s="29">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="K40" s="29">
+        <v>3.5</v>
+      </c>
+      <c r="L40" s="29">
+        <v>0.66999999999999993</v>
+      </c>
+      <c r="M40" s="29">
+        <v>0</v>
+      </c>
+      <c r="N40" s="30">
+        <v>60</v>
+      </c>
+      <c r="O40" s="30">
+        <v>102.139</v>
+      </c>
+      <c r="P40" s="32">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="32">
+        <v>40</v>
+      </c>
+      <c r="R40" s="32">
+        <v>10</v>
+      </c>
+      <c r="S40" s="33">
+        <v>1.5</v>
+      </c>
+      <c r="T40" s="33">
+        <f t="shared" ref="T40:Y40" si="6">SUM(T37:T39)</f>
+        <v>35.5</v>
+      </c>
+      <c r="U40" s="33">
+        <f t="shared" si="6"/>
+        <v>4</v>
+      </c>
+      <c r="V40" s="33">
+        <f t="shared" si="6"/>
+        <v>161.5</v>
+      </c>
+      <c r="W40" s="33">
+        <f t="shared" si="6"/>
+        <v>363.85897793999999</v>
+      </c>
+      <c r="X40" s="33">
+        <f t="shared" si="6"/>
+        <v>50</v>
+      </c>
+      <c r="Y40" s="33">
+        <f t="shared" si="6"/>
+        <v>400</v>
+      </c>
+      <c r="Z40" s="82">
+        <f t="shared" ref="Z40" si="7">SUM(Z37:Z39)</f>
+        <v>50</v>
+      </c>
     </row>
-    <row r="40" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...74 lines deleted...]
-        <v>400</v>
+    <row r="41" spans="2:26" s="23" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
+      <c r="B41" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="C41" s="53" t="s">
+        <v>149</v>
+      </c>
+      <c r="D41" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="E41" s="62" t="s">
+        <v>207</v>
+      </c>
+      <c r="F41" s="29">
+        <v>562.10099999999989</v>
+      </c>
+      <c r="G41" s="29">
+        <v>586.84109247000004</v>
+      </c>
+      <c r="H41" s="29">
+        <v>655.27129775000003</v>
+      </c>
+      <c r="I41" s="29">
+        <v>736.58438734999993</v>
+      </c>
+      <c r="J41" s="29">
+        <v>753.94247309999992</v>
+      </c>
+      <c r="K41" s="29">
+        <v>633.2708609199999</v>
+      </c>
+      <c r="L41" s="29">
+        <v>580.94821996999985</v>
+      </c>
+      <c r="M41" s="29">
+        <v>504.332112</v>
+      </c>
+      <c r="N41" s="30">
+        <v>589.66451701999995</v>
+      </c>
+      <c r="O41" s="30">
+        <v>609.21611200000007</v>
+      </c>
+      <c r="P41" s="32">
+        <v>484.44179727000005</v>
+      </c>
+      <c r="Q41" s="32">
+        <v>518.34529797999994</v>
+      </c>
+      <c r="R41" s="32">
+        <v>521.19345762</v>
+      </c>
+      <c r="S41" s="33">
+        <v>553.4604394700001</v>
+      </c>
+      <c r="T41" s="33">
+        <f t="shared" ref="T41:Y41" si="8">T35+T40</f>
+        <v>617.41732014000002</v>
+      </c>
+      <c r="U41" s="33">
+        <f t="shared" si="8"/>
+        <v>551.29426615000011</v>
+      </c>
+      <c r="V41" s="33">
+        <f t="shared" si="8"/>
+        <v>666.64019080999992</v>
+      </c>
+      <c r="W41" s="33">
+        <f t="shared" si="8"/>
+        <v>938.99940786999991</v>
+      </c>
+      <c r="X41" s="33">
+        <f t="shared" si="8"/>
+        <v>718.24824966200003</v>
+      </c>
+      <c r="Y41" s="33">
+        <f t="shared" si="8"/>
+        <v>1096.8709161900001</v>
+      </c>
+      <c r="Z41" s="82">
+        <f t="shared" ref="Z41" si="9">Z35+Z40</f>
+        <v>763.75755793000008</v>
       </c>
     </row>
-    <row r="41" spans="2:25" s="26" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
-[...75 lines deleted...]
-      </c>
+    <row r="42" spans="2:26" s="23" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
+      <c r="C42" s="61" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" s="55" t="s">
+        <v>151</v>
+      </c>
+      <c r="E42" s="62"/>
+      <c r="F42" s="29"/>
+      <c r="G42" s="29"/>
+      <c r="H42" s="29"/>
+      <c r="I42" s="29"/>
+      <c r="J42" s="29"/>
+      <c r="K42" s="29"/>
+      <c r="L42" s="29"/>
+      <c r="M42" s="29"/>
+      <c r="N42" s="30"/>
+      <c r="O42" s="30"/>
+      <c r="P42" s="32"/>
+      <c r="Q42" s="32"/>
+      <c r="R42" s="32"/>
+      <c r="S42" s="33"/>
+      <c r="T42" s="33"/>
+      <c r="U42" s="33"/>
+      <c r="V42" s="33"/>
+      <c r="W42" s="33"/>
+      <c r="Y42" s="76"/>
+      <c r="Z42" s="80"/>
     </row>
-    <row r="42" spans="2:25" s="26" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
-[...29 lines deleted...]
-    <row r="43" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B43" s="23" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C43" s="29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C43" s="27" t="s">
         <v>74</v>
       </c>
-      <c r="D43" s="30" t="s">
+      <c r="D43" s="28" t="s">
         <v>75</v>
       </c>
-      <c r="E43" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="31">
+      <c r="E43" s="62" t="s">
+        <v>208</v>
+      </c>
+      <c r="F43" s="29">
         <v>9.5741963200000004</v>
       </c>
-      <c r="G43" s="31">
+      <c r="G43" s="29">
         <v>10.57419632</v>
       </c>
-      <c r="H43" s="31">
+      <c r="H43" s="29">
         <v>21.261368470000001</v>
       </c>
-      <c r="I43" s="31">
+      <c r="I43" s="29">
         <v>20.370747739999999</v>
       </c>
-      <c r="J43" s="31">
+      <c r="J43" s="29">
         <v>21.063206220000001</v>
       </c>
-      <c r="K43" s="31">
+      <c r="K43" s="29">
         <v>21.76474279</v>
       </c>
-      <c r="L43" s="31">
+      <c r="L43" s="29">
         <v>20.988673370000001</v>
       </c>
-      <c r="M43" s="31">
+      <c r="M43" s="29">
         <v>23.029</v>
       </c>
-      <c r="N43" s="35">
+      <c r="N43" s="30">
         <v>21.805911640000001</v>
       </c>
-      <c r="O43" s="35">
+      <c r="O43" s="30">
         <v>30.545000000000002</v>
       </c>
-      <c r="P43" s="34">
+      <c r="P43" s="30">
         <v>20.928179489999998</v>
       </c>
-      <c r="Q43" s="34">
+      <c r="Q43" s="30">
         <v>51.388403350000004</v>
       </c>
-      <c r="R43" s="34">
+      <c r="R43" s="30">
         <v>22.500761170000001</v>
       </c>
-      <c r="S43" s="36">
+      <c r="S43" s="31">
         <v>47.486155889999999</v>
       </c>
-      <c r="T43" s="36">
+      <c r="T43" s="31">
         <v>52.548479999999998</v>
       </c>
-      <c r="U43" s="36">
+      <c r="U43" s="31">
         <f>20509755.36/1000000</f>
         <v>20.50975536</v>
       </c>
-      <c r="V43" s="36">
+      <c r="V43" s="31">
         <f>36986884.02/1000000</f>
         <v>36.986884020000005</v>
       </c>
-      <c r="W43" s="36">
+      <c r="W43" s="31">
         <f>19779793.3/1000000</f>
         <v>19.779793300000001</v>
       </c>
-      <c r="X43" s="36">
+      <c r="X43" s="31">
+        <f>19538713.8/1000000</f>
         <v>19.5387138</v>
       </c>
-      <c r="Y43" s="36">
+      <c r="Y43" s="76">
+        <f>21758705.84/1000000</f>
         <v>21.758705840000001</v>
       </c>
+      <c r="Z43" s="81">
+        <v>21.594123879999998</v>
+      </c>
     </row>
-    <row r="44" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C44" s="29" t="s">
+    <row r="44" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C44" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="D44" s="30" t="s">
+      <c r="D44" s="28" t="s">
         <v>151</v>
       </c>
-      <c r="E44" s="73"/>
-[...19 lines deleted...]
-      <c r="Y44" s="36"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="29"/>
+      <c r="G44" s="29"/>
+      <c r="H44" s="29"/>
+      <c r="I44" s="29"/>
+      <c r="J44" s="29"/>
+      <c r="K44" s="29"/>
+      <c r="L44" s="29"/>
+      <c r="M44" s="29"/>
+      <c r="N44" s="30"/>
+      <c r="O44" s="30"/>
+      <c r="P44" s="30"/>
+      <c r="Q44" s="30"/>
+      <c r="R44" s="30"/>
+      <c r="S44" s="31"/>
+      <c r="T44" s="31"/>
+      <c r="U44" s="31"/>
+      <c r="V44" s="31"/>
+      <c r="W44" s="31"/>
+      <c r="Y44" s="76"/>
+      <c r="Z44" s="80"/>
     </row>
-    <row r="45" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B45" s="23" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="C45" s="65" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" s="54" t="s">
         <v>140</v>
       </c>
-      <c r="D45" s="30" t="s">
+      <c r="D45" s="28" t="s">
         <v>76</v>
       </c>
-      <c r="E45" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="31">
+      <c r="E45" s="62" t="s">
+        <v>209</v>
+      </c>
+      <c r="F45" s="29">
         <v>571.67519631999994</v>
       </c>
-      <c r="G45" s="31">
+      <c r="G45" s="29">
         <v>597.41528879000009</v>
       </c>
-      <c r="H45" s="31">
+      <c r="H45" s="29">
         <v>676.53266622000001</v>
       </c>
-      <c r="I45" s="31">
+      <c r="I45" s="29">
         <v>756.95513508999989</v>
       </c>
-      <c r="J45" s="31">
+      <c r="J45" s="29">
         <v>775.0056793199999</v>
       </c>
-      <c r="K45" s="31">
+      <c r="K45" s="29">
         <v>655.03560370999992</v>
       </c>
-      <c r="L45" s="31">
+      <c r="L45" s="29">
         <v>601.93689333999987</v>
       </c>
-      <c r="M45" s="31">
+      <c r="M45" s="29">
         <v>527.36111200000005</v>
       </c>
-      <c r="N45" s="35">
+      <c r="N45" s="30">
         <v>611.47042865999993</v>
       </c>
-      <c r="O45" s="35">
+      <c r="O45" s="30">
         <v>639.76111200000003</v>
       </c>
-      <c r="P45" s="37">
+      <c r="P45" s="32">
         <v>505.36997676000004</v>
       </c>
-      <c r="Q45" s="37">
+      <c r="Q45" s="32">
         <v>569.73370132999992</v>
       </c>
-      <c r="R45" s="37">
+      <c r="R45" s="32">
         <v>543.69421879000004</v>
       </c>
-      <c r="S45" s="38">
+      <c r="S45" s="33">
         <v>600.94659536000006</v>
       </c>
-      <c r="T45" s="38">
-        <f>T41+T43</f>
+      <c r="T45" s="33">
+        <f t="shared" ref="T45:Z45" si="10">T41+T43</f>
         <v>669.96580014000006</v>
       </c>
-      <c r="U45" s="38">
-        <f>U41+U43</f>
+      <c r="U45" s="33">
+        <f t="shared" si="10"/>
         <v>571.8040215100001</v>
       </c>
-      <c r="V45" s="38">
-        <f>V41+V43</f>
+      <c r="V45" s="33">
+        <f t="shared" si="10"/>
         <v>703.62707482999997</v>
       </c>
-      <c r="W45" s="38">
-        <f>W41+W43</f>
+      <c r="W45" s="33">
+        <f t="shared" si="10"/>
         <v>958.77920116999996</v>
       </c>
-      <c r="X45" s="38">
+      <c r="X45" s="33">
+        <f t="shared" si="10"/>
         <v>737.78696346200002</v>
       </c>
-      <c r="Y45" s="38">
+      <c r="Y45" s="33">
+        <f t="shared" si="10"/>
         <v>1118.6296220300001</v>
       </c>
+      <c r="Z45" s="82">
+        <f t="shared" si="10"/>
+        <v>785.35168181000006</v>
+      </c>
     </row>
-    <row r="46" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="Y46" s="29"/>
+    <row r="46" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C46" s="27"/>
+      <c r="D46" s="27"/>
+      <c r="E46" s="27"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="29"/>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29"/>
+      <c r="L46" s="27"/>
+      <c r="M46" s="27"/>
+      <c r="N46" s="27"/>
+      <c r="O46" s="27"/>
+      <c r="P46" s="27"/>
+      <c r="Q46" s="27"/>
+      <c r="R46" s="27"/>
+      <c r="S46" s="27"/>
+      <c r="T46" s="27"/>
+      <c r="U46" s="27"/>
+      <c r="V46" s="69"/>
+      <c r="W46" s="69"/>
     </row>
-    <row r="47" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <conditionalFormatting sqref="E11:E12">
-    <cfRule type="duplicateValues" dxfId="14" priority="8"/>
+  <conditionalFormatting sqref="B13:B14">
+    <cfRule type="duplicateValues" dxfId="14" priority="67"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B15:B36 B38:B45">
+    <cfRule type="duplicateValues" dxfId="13" priority="4"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B15:B36">
+    <cfRule type="duplicateValues" dxfId="12" priority="3"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B37">
+    <cfRule type="duplicateValues" dxfId="11" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="10" priority="2"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D13:D47">
+    <cfRule type="duplicateValues" dxfId="9" priority="65"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="D48:F1048576 D1:F1 D11:D47 D10:F10 D2:D9">
-    <cfRule type="duplicateValues" dxfId="13" priority="52"/>
+    <cfRule type="duplicateValues" dxfId="8" priority="52"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E1:E1048576">
+    <cfRule type="duplicateValues" dxfId="7" priority="5"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E11:E12">
+    <cfRule type="duplicateValues" dxfId="6" priority="8"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E15:E45">
-    <cfRule type="duplicateValues" dxfId="12" priority="6"/>
-[...20 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="5" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="5" priority="6"/>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWL$4:$WWL$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWM$4:$WWM$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:WWM86"/>
+  <dimension ref="A1:WWM48"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="J1" zoomScale="92" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Y40" sqref="Y40:Y48"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="4" ySplit="11" topLeftCell="V12" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="F1" sqref="F1"/>
+      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
+      <selection pane="bottomRight" activeCell="W24" sqref="W24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="48.85546875" customWidth="1"/>
     <col min="5" max="5" width="24.42578125" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
-    <col min="7" max="25" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="19" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="20" max="24" width="11.140625" customWidth="1"/>
+    <col min="25" max="26" width="9.42578125" style="75" bestFit="1" customWidth="1"/>
     <col min="16158" max="16158" width="2.7109375" bestFit="1" customWidth="1"/>
     <col min="16159" max="16159" width="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
-      <c r="E1" s="24"/>
-      <c r="F1" s="24"/>
+      <c r="W1"/>
+      <c r="Y1" s="74"/>
+      <c r="Z1" s="74"/>
     </row>
-    <row r="2" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
+      <c r="W2"/>
+      <c r="Y2" s="74"/>
+      <c r="Z2" s="74"/>
     </row>
-    <row r="3" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
+      <c r="W3"/>
+      <c r="Y3" s="74"/>
+      <c r="Z3" s="74"/>
     </row>
-    <row r="4" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>132</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
+      <c r="W4"/>
+      <c r="Y4" s="74"/>
+      <c r="Z4" s="74"/>
       <c r="WWL4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWM4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
+      <c r="W5"/>
+      <c r="Y5" s="74"/>
+      <c r="Z5" s="74"/>
       <c r="WWL5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWM5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
+      <c r="W6"/>
+      <c r="Y6" s="74"/>
+      <c r="Z6" s="74"/>
       <c r="WWL6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWM6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>6</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>146</v>
       </c>
+      <c r="W7"/>
+      <c r="Y7" s="74"/>
+      <c r="Z7" s="74"/>
       <c r="WWL7" s="3"/>
       <c r="WWM7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>147</v>
       </c>
+      <c r="W8"/>
+      <c r="Y8" s="74"/>
+      <c r="Z8" s="74"/>
       <c r="WWL8" s="3"/>
       <c r="WWM8" s="3"/>
     </row>
-    <row r="9" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
+      <c r="W9"/>
+      <c r="Y9" s="74"/>
+      <c r="Z9" s="74"/>
     </row>
-    <row r="10" spans="1:25 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:26 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
+      <c r="W10"/>
+      <c r="Y10" s="74"/>
+      <c r="Z10" s="74"/>
     </row>
-    <row r="11" spans="1:25 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:26 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>133</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="F11" s="25">
+      <c r="F11" s="24">
         <v>2004</v>
       </c>
-      <c r="G11" s="25">
+      <c r="G11" s="24">
         <v>2005</v>
       </c>
-      <c r="H11" s="25">
+      <c r="H11" s="24">
         <v>2006</v>
       </c>
-      <c r="I11" s="25">
+      <c r="I11" s="24">
         <v>2007</v>
       </c>
-      <c r="J11" s="25">
+      <c r="J11" s="24">
         <v>2008</v>
       </c>
-      <c r="K11" s="25">
+      <c r="K11" s="24">
         <v>2009</v>
       </c>
-      <c r="L11" s="25">
+      <c r="L11" s="24">
         <v>2010</v>
       </c>
-      <c r="M11" s="25">
+      <c r="M11" s="24">
         <v>2011</v>
       </c>
-      <c r="N11" s="25">
+      <c r="N11" s="24">
         <v>2012</v>
       </c>
-      <c r="O11" s="25">
+      <c r="O11" s="24">
         <v>2013</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="24">
         <v>2014</v>
       </c>
-      <c r="Q11" s="25">
+      <c r="Q11" s="24">
         <v>2015</v>
       </c>
-      <c r="R11" s="25">
+      <c r="R11" s="24">
         <v>2016</v>
       </c>
-      <c r="S11" s="25">
+      <c r="S11" s="24">
         <v>2017</v>
       </c>
-      <c r="T11" s="25">
+      <c r="T11" s="67">
         <v>2018</v>
       </c>
-      <c r="U11" s="25">
+      <c r="U11" s="67">
         <v>2019</v>
       </c>
-      <c r="V11" s="25">
+      <c r="V11" s="71">
         <v>2020</v>
       </c>
-      <c r="W11" s="25">
+      <c r="W11" s="71">
         <v>2021</v>
       </c>
-      <c r="X11" s="25">
+      <c r="X11" s="71">
         <v>2022</v>
       </c>
-      <c r="Y11" s="25">
+      <c r="Y11" s="71">
         <v>2023</v>
       </c>
+      <c r="Z11" s="71">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="12" spans="1:25 16158:16159" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:26 16158:16159" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
-      <c r="F12" s="25"/>
-[...18 lines deleted...]
-      <c r="Y12" s="25"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="24"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="67"/>
     </row>
-    <row r="13" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C13" s="27" t="s">
+    <row r="13" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C13" s="25" t="s">
         <v>141</v>
       </c>
-      <c r="D13" s="27" t="s">
+      <c r="D13" s="25" t="s">
         <v>142</v>
       </c>
-      <c r="E13" s="28"/>
-[...19 lines deleted...]
-      <c r="Y13" s="75"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="62"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="63"/>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="64"/>
+      <c r="S13" s="64"/>
+      <c r="T13" s="70"/>
+      <c r="V13" s="69"/>
+      <c r="W13" s="69"/>
+      <c r="X13" s="69"/>
+      <c r="Y13" s="76"/>
+      <c r="Z13" s="76"/>
     </row>
-    <row r="14" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="C14" s="40" t="s">
+    <row r="14" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C14" s="35" t="s">
         <v>77</v>
       </c>
-      <c r="D14" s="41" t="s">
+      <c r="D14" s="36" t="s">
         <v>78</v>
       </c>
-      <c r="E14" s="40"/>
-[...19 lines deleted...]
-      <c r="Y14" s="44"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="37"/>
+      <c r="G14" s="37"/>
+      <c r="H14" s="37"/>
+      <c r="I14" s="37"/>
+      <c r="J14" s="37"/>
+      <c r="K14" s="37"/>
+      <c r="L14" s="37"/>
+      <c r="M14" s="37"/>
+      <c r="N14" s="37"/>
+      <c r="O14" s="37"/>
+      <c r="P14" s="37"/>
+      <c r="Q14" s="37"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="35"/>
+      <c r="T14" s="35"/>
+      <c r="V14" s="69"/>
+      <c r="W14" s="69"/>
+      <c r="X14" s="69"/>
+      <c r="Y14" s="76"/>
+      <c r="Z14" s="76"/>
     </row>
-    <row r="15" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C15" s="70" t="s">
+    <row r="15" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B15" s="23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C15" s="59" t="s">
         <v>79</v>
       </c>
-      <c r="D15" s="45" t="s">
+      <c r="D15" s="38" t="s">
         <v>80</v>
       </c>
-      <c r="E15" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="42">
+      <c r="E15" s="62" t="s">
+        <v>153</v>
+      </c>
+      <c r="F15" s="37">
         <v>2.7749999999999999</v>
       </c>
-      <c r="G15" s="42">
+      <c r="G15" s="37">
         <v>2.8045386099999998</v>
       </c>
-      <c r="H15" s="42">
+      <c r="H15" s="37">
         <v>2.6174517000000002</v>
       </c>
-      <c r="I15" s="42">
+      <c r="I15" s="37">
         <v>2.8111694599999999</v>
       </c>
-      <c r="J15" s="42">
+      <c r="J15" s="37">
         <v>2.7707878400000001</v>
       </c>
-      <c r="K15" s="42">
+      <c r="K15" s="37">
         <v>2.9841397299999999</v>
       </c>
-      <c r="L15" s="42">
+      <c r="L15" s="37">
         <v>3.01135865</v>
       </c>
-      <c r="M15" s="42">
+      <c r="M15" s="37">
         <v>2.9116786299999999</v>
       </c>
-      <c r="N15" s="46">
+      <c r="N15" s="39">
         <v>2.6913652899999998</v>
       </c>
-      <c r="O15" s="46">
+      <c r="O15" s="39">
         <v>2.8439999999999999</v>
       </c>
-      <c r="P15" s="47">
+      <c r="P15" s="39">
         <v>2.94282596</v>
       </c>
-      <c r="Q15" s="47">
+      <c r="Q15" s="39">
         <v>2.8834654500000001</v>
       </c>
-      <c r="R15" s="46">
+      <c r="R15" s="39">
         <v>2.5085013199999997</v>
       </c>
-      <c r="S15" s="48">
+      <c r="S15" s="40">
         <v>3.0678465400000001</v>
       </c>
-      <c r="T15" s="48">
+      <c r="T15" s="40">
         <v>3.007282</v>
       </c>
-      <c r="U15" s="48">
+      <c r="U15" s="40">
         <f>2658301.44/1000000</f>
         <v>2.6583014399999998</v>
       </c>
-      <c r="V15" s="48">
+      <c r="V15" s="40">
         <f>3194230.64/1000000</f>
         <v>3.1942306400000002</v>
       </c>
-      <c r="W15" s="48">
+      <c r="W15" s="40">
+        <f>3107604.3/1000000</f>
         <v>3.1076042999999998</v>
       </c>
-      <c r="X15" s="48">
+      <c r="X15" s="31">
+        <f>3010962.46/1000000</f>
         <v>3.01096246</v>
       </c>
-      <c r="Y15" s="48">
+      <c r="Y15" s="77">
+        <f>3126626.03/1000000</f>
         <v>3.1266260299999997</v>
       </c>
+      <c r="Z15" s="77">
+        <v>3.3239123799999999</v>
+      </c>
     </row>
-    <row r="16" spans="1:25 16158:16159" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C16" s="64" t="s">
+    <row r="16" spans="2:26 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B16" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C16" s="53" t="s">
         <v>81</v>
       </c>
-      <c r="D16" s="45" t="s">
+      <c r="D16" s="38" t="s">
         <v>82</v>
       </c>
-      <c r="E16" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="42">
+      <c r="E16" s="62" t="s">
+        <v>154</v>
+      </c>
+      <c r="F16" s="37">
         <v>73.823999999999998</v>
       </c>
-      <c r="G16" s="42">
+      <c r="G16" s="37">
         <v>77.577521989999994</v>
       </c>
-      <c r="H16" s="42">
+      <c r="H16" s="37">
         <v>81.298792030000001</v>
       </c>
-      <c r="I16" s="42">
+      <c r="I16" s="37">
         <v>85.145402239999996</v>
       </c>
-      <c r="J16" s="42">
+      <c r="J16" s="37">
         <v>88.648696340000001</v>
       </c>
-      <c r="K16" s="42">
+      <c r="K16" s="37">
         <v>91.795953680000011</v>
       </c>
-      <c r="L16" s="42">
+      <c r="L16" s="37">
         <v>94.002376089999998</v>
       </c>
-      <c r="M16" s="42">
+      <c r="M16" s="37">
         <v>91.758303659999996</v>
       </c>
-      <c r="N16" s="46">
+      <c r="N16" s="39">
         <v>90.930528870000003</v>
       </c>
-      <c r="O16" s="46">
+      <c r="O16" s="39">
         <v>90.263000000000005</v>
       </c>
-      <c r="P16" s="47">
+      <c r="P16" s="39">
         <v>84.028521699999999</v>
       </c>
-      <c r="Q16" s="47">
+      <c r="Q16" s="39">
         <v>84.019611430000012</v>
       </c>
-      <c r="R16" s="46">
+      <c r="R16" s="39">
         <v>84.705190560000005</v>
       </c>
-      <c r="S16" s="48">
+      <c r="S16" s="40">
         <v>86.366634310000009</v>
       </c>
-      <c r="T16" s="48">
+      <c r="T16" s="40">
         <v>84.704104000000001</v>
       </c>
-      <c r="U16" s="48">
+      <c r="U16" s="40">
         <f>83804984.48/1000000</f>
         <v>83.804984480000002</v>
       </c>
-      <c r="V16" s="48">
+      <c r="V16" s="40">
         <f>77572773.17/1000000</f>
         <v>77.572773170000005</v>
       </c>
-      <c r="W16" s="48">
+      <c r="W16" s="40">
+        <f>82197558.13/1000000</f>
         <v>82.19755812999999</v>
       </c>
-      <c r="X16" s="48">
+      <c r="X16" s="31">
+        <f>83912248.52/1000000</f>
         <v>83.912248519999991</v>
       </c>
-      <c r="Y16" s="48">
+      <c r="Y16" s="77">
+        <f>85851093.08/1000000</f>
         <v>85.851093079999998</v>
       </c>
+      <c r="Z16" s="77">
+        <v>93.088511019999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C17" s="70" t="s">
+    <row r="17" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B17" s="23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C17" s="59" t="s">
         <v>83</v>
       </c>
-      <c r="D17" s="45" t="s">
+      <c r="D17" s="38" t="s">
         <v>84</v>
       </c>
-      <c r="E17" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="42">
+      <c r="E17" s="62" t="s">
+        <v>155</v>
+      </c>
+      <c r="F17" s="37">
         <v>12.94</v>
       </c>
-      <c r="G17" s="42">
+      <c r="G17" s="37">
         <v>13.21808474</v>
       </c>
-      <c r="H17" s="42">
+      <c r="H17" s="37">
         <v>13.825760669999999</v>
       </c>
-      <c r="I17" s="42">
+      <c r="I17" s="37">
         <v>14.417820320000001</v>
       </c>
-      <c r="J17" s="42">
+      <c r="J17" s="37">
         <v>14.87438657</v>
       </c>
-      <c r="K17" s="42">
+      <c r="K17" s="37">
         <v>14.634500539999999</v>
       </c>
-      <c r="L17" s="42">
+      <c r="L17" s="37">
         <v>14.463991759999999</v>
       </c>
-      <c r="M17" s="42">
+      <c r="M17" s="37">
         <v>13.645798599999999</v>
       </c>
-      <c r="N17" s="46">
+      <c r="N17" s="39">
         <v>13.18809955</v>
       </c>
-      <c r="O17" s="46">
+      <c r="O17" s="39">
         <v>12.616</v>
       </c>
-      <c r="P17" s="47">
+      <c r="P17" s="39">
         <v>12.181003960000002</v>
       </c>
-      <c r="Q17" s="47">
+      <c r="Q17" s="39">
         <v>11.57102875</v>
       </c>
-      <c r="R17" s="46">
+      <c r="R17" s="39">
         <v>10.99899574</v>
       </c>
-      <c r="S17" s="48">
+      <c r="S17" s="40">
         <v>10.430006390000001</v>
       </c>
-      <c r="T17" s="48">
+      <c r="T17" s="40">
         <v>9.9490130000000008</v>
       </c>
-      <c r="U17" s="48">
+      <c r="U17" s="40">
         <f>9387815.57/1000000</f>
         <v>9.3878155700000008</v>
       </c>
-      <c r="V17" s="48">
+      <c r="V17" s="40">
         <f>8739871.8/1000000</f>
         <v>8.7398718000000013</v>
       </c>
-      <c r="W17" s="48">
+      <c r="W17" s="40">
+        <f>8130502.74/1000000</f>
         <v>8.1305027400000007</v>
       </c>
-      <c r="X17" s="48">
+      <c r="X17" s="31">
+        <f>7555313.63/1000000</f>
         <v>7.5553136299999997</v>
       </c>
-      <c r="Y17" s="48">
+      <c r="Y17" s="77">
+        <f>7302075.94/1000000</f>
         <v>7.3020759400000008</v>
       </c>
+      <c r="Z17" s="77">
+        <v>6.9904727699999993</v>
+      </c>
     </row>
-    <row r="18" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C18" s="70" t="s">
+    <row r="18" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B18" s="23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C18" s="59" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="45" t="s">
+      <c r="D18" s="38" t="s">
         <v>86</v>
       </c>
-      <c r="E18" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="42">
+      <c r="E18" s="62" t="s">
+        <v>156</v>
+      </c>
+      <c r="F18" s="37">
         <v>22.843</v>
       </c>
-      <c r="G18" s="42">
+      <c r="G18" s="37">
         <v>23.417063750000001</v>
       </c>
-      <c r="H18" s="42">
+      <c r="H18" s="37">
         <v>24.478873800000002</v>
       </c>
-      <c r="I18" s="42">
+      <c r="I18" s="37">
         <v>25.474755070000001</v>
       </c>
-      <c r="J18" s="42">
+      <c r="J18" s="37">
         <v>29.05989087</v>
       </c>
-      <c r="K18" s="42">
+      <c r="K18" s="37">
         <v>30.055898320000001</v>
       </c>
-      <c r="L18" s="42">
+      <c r="L18" s="37">
         <v>29.163255589999999</v>
       </c>
-      <c r="M18" s="42">
+      <c r="M18" s="37">
         <v>29.093575229999999</v>
       </c>
-      <c r="N18" s="46">
+      <c r="N18" s="39">
         <v>30.073108690000002</v>
       </c>
-      <c r="O18" s="46">
+      <c r="O18" s="39">
         <v>26.626000000000001</v>
       </c>
-      <c r="P18" s="47">
+      <c r="P18" s="39">
         <v>29.90440946</v>
       </c>
-      <c r="Q18" s="47">
+      <c r="Q18" s="39">
         <v>27.710802910000002</v>
       </c>
-      <c r="R18" s="46">
+      <c r="R18" s="39">
         <v>28.213770699999998</v>
       </c>
-      <c r="S18" s="48">
+      <c r="S18" s="40">
         <v>26.026423999999999</v>
       </c>
-      <c r="T18" s="48">
+      <c r="T18" s="40">
         <f>22777908.06/1000000</f>
         <v>22.777908059999998</v>
       </c>
-      <c r="U18" s="48">
+      <c r="U18" s="40">
         <f>23234626.72/1000000</f>
         <v>23.234626719999998</v>
       </c>
-      <c r="V18" s="48">
+      <c r="V18" s="40">
         <f>21305391.73/1000000</f>
         <v>21.30539173</v>
       </c>
-      <c r="W18" s="48">
+      <c r="W18" s="40">
+        <f>23620496.16/1000000</f>
         <v>23.620496160000002</v>
       </c>
-      <c r="X18" s="48">
+      <c r="X18" s="31">
+        <f>25016426.82/1000000</f>
         <v>25.01642682</v>
       </c>
-      <c r="Y18" s="48">
+      <c r="Y18" s="77">
+        <f>27316776.1/1000000</f>
         <v>27.316776100000002</v>
       </c>
+      <c r="Z18" s="77">
+        <v>29.11158721</v>
+      </c>
     </row>
-    <row r="19" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C19" s="70" t="s">
+    <row r="19" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B19" s="23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" s="59" t="s">
         <v>87</v>
       </c>
-      <c r="D19" s="45" t="s">
+      <c r="D19" s="38" t="s">
         <v>88</v>
       </c>
-      <c r="E19" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="42">
+      <c r="E19" s="62" t="s">
+        <v>157</v>
+      </c>
+      <c r="F19" s="37">
         <v>7.5060000000000002</v>
       </c>
-      <c r="G19" s="42">
+      <c r="G19" s="37">
         <v>8.4366819999999993</v>
       </c>
-      <c r="H19" s="42">
+      <c r="H19" s="37">
         <v>11.287325529999999</v>
       </c>
-      <c r="I19" s="42">
+      <c r="I19" s="37">
         <v>11.723286289999999</v>
       </c>
-      <c r="J19" s="42">
+      <c r="J19" s="37">
         <v>13.49104674</v>
       </c>
-      <c r="K19" s="42">
+      <c r="K19" s="37">
         <v>13.072955140000001</v>
       </c>
-      <c r="L19" s="42">
+      <c r="L19" s="37">
         <v>11.467351820000001</v>
       </c>
-      <c r="M19" s="42">
+      <c r="M19" s="37">
         <v>16.553176610000001</v>
       </c>
-      <c r="N19" s="46">
+      <c r="N19" s="39">
         <v>12.292739989999999</v>
       </c>
-      <c r="O19" s="46">
+      <c r="O19" s="39">
         <v>9.31</v>
       </c>
-      <c r="P19" s="47">
+      <c r="P19" s="39">
         <v>9.8630217600000005</v>
       </c>
-      <c r="Q19" s="47">
+      <c r="Q19" s="39">
         <v>9.8534197200000015</v>
       </c>
-      <c r="R19" s="46">
+      <c r="R19" s="39">
         <v>10.86808673</v>
       </c>
-      <c r="S19" s="48">
+      <c r="S19" s="40">
         <v>9.6167040000000004</v>
       </c>
-      <c r="T19" s="48">
+      <c r="T19" s="40">
         <f>10777331.53/1000000</f>
         <v>10.77733153</v>
       </c>
-      <c r="U19" s="48">
+      <c r="U19" s="40">
         <f>11922220.24/1000000</f>
         <v>11.92222024</v>
       </c>
-      <c r="V19" s="48">
+      <c r="V19" s="40">
         <f>15497705.16/1000000</f>
         <v>15.497705160000001</v>
       </c>
-      <c r="W19" s="48">
+      <c r="W19" s="40">
+        <f>23857160.14/1000000</f>
         <v>23.857160140000001</v>
       </c>
-      <c r="X19" s="48">
+      <c r="X19" s="31">
+        <f>14347312.12/1000000</f>
         <v>14.34731212</v>
       </c>
-      <c r="Y19" s="48">
+      <c r="Y19" s="77">
+        <f>14433363.27/1000000</f>
         <v>14.433363269999999</v>
       </c>
+      <c r="Z19" s="77">
+        <v>18.777336269999999</v>
+      </c>
     </row>
-    <row r="20" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C20" s="70" t="s">
+    <row r="20" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B20" s="23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" s="59" t="s">
         <v>89</v>
       </c>
-      <c r="D20" s="45" t="s">
+      <c r="D20" s="38" t="s">
         <v>90</v>
       </c>
-      <c r="E20" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="42">
+      <c r="E20" s="62" t="s">
+        <v>158</v>
+      </c>
+      <c r="F20" s="37">
         <v>2.9359999999999999</v>
       </c>
-      <c r="G20" s="42">
+      <c r="G20" s="37">
         <v>2.8682523500000001</v>
       </c>
-      <c r="H20" s="42">
+      <c r="H20" s="37">
         <v>2.9572711900000002</v>
       </c>
-      <c r="I20" s="42">
+      <c r="I20" s="37">
         <v>3.1066523300000002</v>
       </c>
-      <c r="J20" s="42">
+      <c r="J20" s="37">
         <v>3.4462513700000001</v>
       </c>
-      <c r="K20" s="42">
+      <c r="K20" s="37">
         <v>2.1144558999999998</v>
       </c>
-      <c r="L20" s="42">
+      <c r="L20" s="37">
         <v>1.1806308300000001</v>
       </c>
-      <c r="M20" s="42">
+      <c r="M20" s="37">
         <v>1.21770665</v>
       </c>
-      <c r="N20" s="46">
+      <c r="N20" s="39">
         <v>1.01044186</v>
       </c>
-      <c r="O20" s="46">
+      <c r="O20" s="39">
         <v>1.23</v>
       </c>
-      <c r="P20" s="47">
+      <c r="P20" s="39">
         <v>2.8713526300000001</v>
       </c>
-      <c r="Q20" s="47">
+      <c r="Q20" s="39">
         <v>3.1879493399999999</v>
       </c>
-      <c r="R20" s="46">
+      <c r="R20" s="39">
         <v>4.3739865499999997</v>
       </c>
-      <c r="S20" s="48">
+      <c r="S20" s="40">
         <v>3.9581169300000001</v>
       </c>
-      <c r="T20" s="48">
+      <c r="T20" s="40">
         <v>4.542357</v>
       </c>
-      <c r="U20" s="48">
+      <c r="U20" s="40">
         <f>4982139.93/1000000</f>
         <v>4.9821399299999998</v>
       </c>
-      <c r="V20" s="48">
+      <c r="V20" s="40">
         <f>12868858.88/1000000</f>
         <v>12.868858880000001</v>
       </c>
-      <c r="W20" s="48">
+      <c r="W20" s="40">
+        <f>29930971.17/1000000</f>
         <v>29.930971170000003</v>
       </c>
-      <c r="X20" s="48">
+      <c r="X20" s="31">
+        <f>22464294.72/1000000</f>
         <v>22.464294719999998</v>
       </c>
-      <c r="Y20" s="48">
+      <c r="Y20" s="77">
+        <f>41971783.47/1000000</f>
         <v>41.971783469999998</v>
       </c>
+      <c r="Z20" s="77">
+        <v>38.923036570000001</v>
+      </c>
     </row>
-    <row r="21" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C21" s="70" t="s">
+    <row r="21" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B21" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" s="59" t="s">
         <v>91</v>
       </c>
-      <c r="D21" s="45" t="s">
+      <c r="D21" s="38" t="s">
         <v>92</v>
       </c>
-      <c r="E21" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="42">
+      <c r="E21" s="62" t="s">
+        <v>159</v>
+      </c>
+      <c r="F21" s="37">
         <v>259.73899999999998</v>
       </c>
-      <c r="G21" s="42">
+      <c r="G21" s="37">
         <v>254.07170717</v>
       </c>
-      <c r="H21" s="42">
+      <c r="H21" s="37">
         <v>302.56213897000003</v>
       </c>
-      <c r="I21" s="42">
+      <c r="I21" s="37">
         <v>332.95927468000002</v>
       </c>
-      <c r="J21" s="42">
+      <c r="J21" s="37">
         <v>376.63425330000001</v>
       </c>
-      <c r="K21" s="42">
+      <c r="K21" s="37">
         <v>297.69435630999999</v>
       </c>
-      <c r="L21" s="42">
+      <c r="L21" s="37">
         <v>241.34217626</v>
       </c>
-      <c r="M21" s="42">
+      <c r="M21" s="37">
         <v>200.87069274999999</v>
       </c>
-      <c r="N21" s="46">
+      <c r="N21" s="39">
         <v>185.07966583000001</v>
       </c>
-      <c r="O21" s="46">
+      <c r="O21" s="39">
         <v>170.70699999999999</v>
       </c>
-      <c r="P21" s="47">
+      <c r="P21" s="39">
         <v>165.25289203999998</v>
       </c>
-      <c r="Q21" s="47">
+      <c r="Q21" s="39">
         <v>168.62932891999998</v>
       </c>
-      <c r="R21" s="46">
+      <c r="R21" s="39">
         <v>185.11529236999999</v>
       </c>
-      <c r="S21" s="48">
+      <c r="S21" s="40">
         <v>190.88677061999999</v>
       </c>
-      <c r="T21" s="48">
+      <c r="T21" s="40">
         <f>204452138.27/1000000</f>
         <v>204.45213827000001</v>
       </c>
-      <c r="U21" s="48">
+      <c r="U21" s="40">
         <f>212496941.05/1000000</f>
         <v>212.49694105</v>
       </c>
-      <c r="V21" s="48">
+      <c r="V21" s="40">
         <f>195648760.82/1000000</f>
         <v>195.64876082000001</v>
       </c>
-      <c r="W21" s="48">
+      <c r="W21" s="40">
+        <f>237604882.54/1000000</f>
         <v>237.60488254000001</v>
       </c>
-      <c r="X21" s="48">
+      <c r="X21" s="31">
+        <f>274520174.25/1000000</f>
         <v>274.52017425000003</v>
       </c>
-      <c r="Y21" s="48">
+      <c r="Y21" s="77">
+        <f>287446314.91/1000000</f>
         <v>287.44631491000001</v>
       </c>
+      <c r="Z21" s="77">
+        <v>277.96916050999999</v>
+      </c>
     </row>
-    <row r="22" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C22" s="70" t="s">
+    <row r="22" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B22" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" s="59" t="s">
         <v>93</v>
       </c>
-      <c r="D22" s="45" t="s">
+      <c r="D22" s="38" t="s">
         <v>94</v>
       </c>
-      <c r="E22" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="42">
+      <c r="E22" s="62" t="s">
+        <v>160</v>
+      </c>
+      <c r="F22" s="37">
         <v>0</v>
       </c>
-      <c r="G22" s="42">
+      <c r="G22" s="37">
         <v>0</v>
       </c>
-      <c r="H22" s="42">
+      <c r="H22" s="37">
         <v>0</v>
       </c>
-      <c r="I22" s="42">
+      <c r="I22" s="37">
         <v>0</v>
       </c>
-      <c r="J22" s="42">
+      <c r="J22" s="37">
         <v>0</v>
       </c>
-      <c r="K22" s="42">
+      <c r="K22" s="37">
         <v>0</v>
       </c>
-      <c r="L22" s="42">
+      <c r="L22" s="37">
         <v>0</v>
       </c>
-      <c r="M22" s="42">
+      <c r="M22" s="37">
         <v>0</v>
       </c>
-      <c r="N22" s="46">
+      <c r="N22" s="39">
         <v>0</v>
       </c>
-      <c r="O22" s="46">
+      <c r="O22" s="39">
         <v>0</v>
       </c>
-      <c r="P22" s="47">
+      <c r="P22" s="39">
         <v>0</v>
       </c>
-      <c r="Q22" s="47">
+      <c r="Q22" s="39">
         <v>0</v>
       </c>
-      <c r="R22" s="46">
+      <c r="R22" s="39">
         <v>0</v>
       </c>
-      <c r="S22" s="48">
+      <c r="S22" s="40">
         <v>0</v>
       </c>
-      <c r="T22" s="48">
+      <c r="T22" s="40">
         <v>0</v>
       </c>
-      <c r="U22" s="48">
+      <c r="U22" s="40">
         <v>0</v>
       </c>
-      <c r="V22" s="48">
+      <c r="V22" s="40">
         <v>0</v>
       </c>
-      <c r="W22" s="48">
+      <c r="W22" s="40">
         <v>0</v>
       </c>
-      <c r="X22" s="48">
+      <c r="X22" s="31">
+        <f>0/1000000</f>
         <v>0</v>
       </c>
-      <c r="Y22" s="48">
+      <c r="Y22" s="40">
         <v>0</v>
       </c>
+      <c r="Z22" s="40">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C23" s="64" t="s">
+    <row r="23" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B23" s="23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" s="53" t="s">
         <v>95</v>
       </c>
-      <c r="D23" s="45" t="s">
+      <c r="D23" s="38" t="s">
         <v>96</v>
       </c>
-      <c r="E23" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="42">
+      <c r="E23" s="62" t="s">
+        <v>161</v>
+      </c>
+      <c r="F23" s="37">
         <v>5.7919999999999998</v>
       </c>
-      <c r="G23" s="42">
+      <c r="G23" s="37">
         <v>6.2998269200000001</v>
       </c>
-      <c r="H23" s="42">
+      <c r="H23" s="37">
         <v>5.8212657300000004</v>
       </c>
-      <c r="I23" s="42">
+      <c r="I23" s="37">
         <v>5.7211023799999996</v>
       </c>
-      <c r="J23" s="42">
+      <c r="J23" s="37">
         <v>5.5000885500000001</v>
       </c>
-      <c r="K23" s="42">
+      <c r="K23" s="37">
         <v>5.6293044800000001</v>
       </c>
-      <c r="L23" s="42">
+      <c r="L23" s="37">
         <v>5.7683348200000006</v>
       </c>
-      <c r="M23" s="42">
+      <c r="M23" s="37">
         <v>5.5426668100000001</v>
       </c>
-      <c r="N23" s="46">
+      <c r="N23" s="39">
         <v>5.4159147799999996</v>
       </c>
-      <c r="O23" s="46">
+      <c r="O23" s="39">
         <v>6.4160000000000004</v>
       </c>
-      <c r="P23" s="47">
+      <c r="P23" s="39">
         <v>5.0142917599999999</v>
       </c>
-      <c r="Q23" s="47">
+      <c r="Q23" s="39">
         <v>5.0292094800000005</v>
       </c>
-      <c r="R23" s="46">
+      <c r="R23" s="39">
         <v>5.5569907699999996</v>
       </c>
-      <c r="S23" s="48">
+      <c r="S23" s="40">
         <v>5.3766044400000004</v>
       </c>
-      <c r="T23" s="48">
+      <c r="T23" s="40">
         <v>5.1013729999999997</v>
       </c>
-      <c r="U23" s="48">
+      <c r="U23" s="40">
         <f>5017771.2/1000000</f>
         <v>5.0177712000000003</v>
       </c>
-      <c r="V23" s="48">
+      <c r="V23" s="40">
         <f>4833216.87/1000000</f>
         <v>4.8332168700000002</v>
       </c>
-      <c r="W23" s="48">
+      <c r="W23" s="40">
+        <f>5144000/1000000</f>
         <v>5.1440000000000001</v>
       </c>
-      <c r="X23" s="48">
+      <c r="X23" s="31">
+        <f>5677000/1000000</f>
         <v>5.6769999999999996</v>
       </c>
-      <c r="Y23" s="48">
+      <c r="Y23" s="77">
+        <f>8361000/1000000</f>
         <v>8.3610000000000007</v>
       </c>
+      <c r="Z23" s="77">
+        <v>5.931</v>
+      </c>
     </row>
-    <row r="24" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C24" s="70" t="s">
+    <row r="24" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B24" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" s="59" t="s">
         <v>97</v>
       </c>
-      <c r="D24" s="45" t="s">
+      <c r="D24" s="38" t="s">
         <v>98</v>
       </c>
-      <c r="E24" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="42">
+      <c r="E24" s="62" t="s">
+        <v>162</v>
+      </c>
+      <c r="F24" s="37">
         <v>117.533</v>
       </c>
-      <c r="G24" s="42">
+      <c r="G24" s="37">
         <v>120.20013641</v>
       </c>
-      <c r="H24" s="42">
+      <c r="H24" s="37">
         <v>125.27439828</v>
       </c>
-      <c r="I24" s="42">
+      <c r="I24" s="37">
         <v>130.85230522000001</v>
       </c>
-      <c r="J24" s="42">
+      <c r="J24" s="37">
         <v>139.10232430000002</v>
       </c>
-      <c r="K24" s="42">
+      <c r="K24" s="37">
         <v>143.34987302000002</v>
       </c>
-      <c r="L24" s="42">
+      <c r="L24" s="37">
         <v>140.96596527</v>
       </c>
-      <c r="M24" s="42">
+      <c r="M24" s="37">
         <v>127.38690232</v>
       </c>
-      <c r="N24" s="46">
+      <c r="N24" s="39">
         <v>130.29775394999999</v>
       </c>
-      <c r="O24" s="46">
+      <c r="O24" s="39">
         <v>124.051</v>
       </c>
-      <c r="P24" s="47">
+      <c r="P24" s="39">
         <v>121.83733655</v>
       </c>
-      <c r="Q24" s="47">
+      <c r="Q24" s="39">
         <v>130.51875971999999</v>
       </c>
-      <c r="R24" s="46">
+      <c r="R24" s="39">
         <v>132.14176975000001</v>
       </c>
-      <c r="S24" s="48">
+      <c r="S24" s="40">
         <v>133.72070941999999</v>
       </c>
-      <c r="T24" s="48">
+      <c r="T24" s="40">
         <v>138.73748699999999</v>
       </c>
-      <c r="U24" s="48">
+      <c r="U24" s="40">
         <f>113205414.77/1000000</f>
         <v>113.20541476999999</v>
       </c>
-      <c r="V24" s="48">
+      <c r="V24" s="40">
         <f>152902055.02/1000000</f>
         <v>152.90205502000001</v>
       </c>
-      <c r="W24" s="48">
+      <c r="W24" s="40">
+        <f>192613201.2/1000000</f>
         <v>192.61320119999999</v>
       </c>
-      <c r="X24" s="48">
+      <c r="X24" s="31">
+        <f>160364204.94/1000000</f>
         <v>160.36420494000001</v>
       </c>
-      <c r="Y24" s="48">
+      <c r="Y24" s="77">
+        <f>153767911.18/1000000</f>
         <v>153.76791118</v>
       </c>
+      <c r="Z24" s="77">
+        <v>154.0112488</v>
+      </c>
     </row>
-    <row r="25" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C25" s="70" t="s">
+    <row r="25" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B25" s="23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" s="59" t="s">
         <v>99</v>
       </c>
-      <c r="D25" s="45" t="s">
+      <c r="D25" s="38" t="s">
         <v>100</v>
       </c>
-      <c r="E25" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="42">
+      <c r="E25" s="62" t="s">
+        <v>163</v>
+      </c>
+      <c r="F25" s="37">
         <v>2.758</v>
       </c>
-      <c r="G25" s="42">
+      <c r="G25" s="37">
         <v>3.6390771499999999</v>
       </c>
-      <c r="H25" s="42">
+      <c r="H25" s="37">
         <v>3.9450330400000002</v>
       </c>
-      <c r="I25" s="42">
+      <c r="I25" s="37">
         <v>3.8801446800000003</v>
       </c>
-      <c r="J25" s="42">
+      <c r="J25" s="37">
         <v>3.7645634700000001</v>
       </c>
-      <c r="K25" s="42">
+      <c r="K25" s="37">
         <v>3.8964308299999999</v>
       </c>
-      <c r="L25" s="42">
+      <c r="L25" s="37">
         <v>4.0108126999999998</v>
       </c>
-      <c r="M25" s="42">
+      <c r="M25" s="37">
         <v>3.7695392999999999</v>
       </c>
-      <c r="N25" s="46">
+      <c r="N25" s="39">
         <v>3.9322767299999999</v>
       </c>
-      <c r="O25" s="46">
+      <c r="O25" s="39">
         <v>2.8050000000000002</v>
       </c>
-      <c r="P25" s="47">
+      <c r="P25" s="39">
         <v>2.7139996399999999</v>
       </c>
-      <c r="Q25" s="47">
+      <c r="Q25" s="39">
         <v>2.9563996000000001</v>
       </c>
-      <c r="R25" s="46">
+      <c r="R25" s="39">
         <v>2.9284745000000001</v>
       </c>
-      <c r="S25" s="48">
+      <c r="S25" s="40">
         <v>2.7676101000000002</v>
       </c>
-      <c r="T25" s="48">
+      <c r="T25" s="40">
         <f>2673586.8/1000000</f>
         <v>2.6735867999999998</v>
       </c>
-      <c r="U25" s="48">
+      <c r="U25" s="40">
         <f>2852448.37/1000000</f>
         <v>2.8524483700000003</v>
       </c>
-      <c r="V25" s="48">
+      <c r="V25" s="40">
         <f>3030000/1000000</f>
         <v>3.03</v>
       </c>
-      <c r="W25" s="48">
+      <c r="W25" s="40">
+        <f>3502738.35/1000000</f>
         <v>3.50273835</v>
       </c>
-      <c r="X25" s="48">
+      <c r="X25" s="31">
+        <f>5113685.4/1000000</f>
         <v>5.1136854000000005</v>
       </c>
-      <c r="Y25" s="48">
+      <c r="Y25" s="77">
+        <f>5222731.49/1000000</f>
         <v>5.2227314900000001</v>
       </c>
+      <c r="Z25" s="77">
+        <v>4.8518720000000002</v>
+      </c>
     </row>
-    <row r="26" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C26" s="70" t="s">
+    <row r="26" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B26" s="23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" s="59" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="45" t="s">
+      <c r="D26" s="38" t="s">
         <v>102</v>
       </c>
-      <c r="E26" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="42">
+      <c r="E26" s="62" t="s">
+        <v>164</v>
+      </c>
+      <c r="F26" s="37">
         <v>0.56599999999999995</v>
       </c>
-      <c r="G26" s="42">
+      <c r="G26" s="37">
         <v>0.64716514000000003</v>
       </c>
-      <c r="H26" s="42">
+      <c r="H26" s="37">
         <v>1.0463937700000001</v>
       </c>
-      <c r="I26" s="42">
+      <c r="I26" s="37">
         <v>0.90806790999999998</v>
       </c>
-      <c r="J26" s="42">
+      <c r="J26" s="37">
         <v>0.98631043000000007</v>
       </c>
-      <c r="K26" s="42">
+      <c r="K26" s="37">
         <v>0.71675500999999997</v>
       </c>
-      <c r="L26" s="42">
+      <c r="L26" s="37">
         <v>0.96258707999999993</v>
       </c>
-      <c r="M26" s="42">
+      <c r="M26" s="37">
         <v>0.83739505000000003</v>
       </c>
-      <c r="N26" s="46">
+      <c r="N26" s="39">
         <v>0.94018789000000003</v>
       </c>
-      <c r="O26" s="46">
+      <c r="O26" s="39">
         <v>0.97</v>
       </c>
-      <c r="P26" s="47">
+      <c r="P26" s="39">
         <v>0.64445074999999996</v>
       </c>
-      <c r="Q26" s="47">
+      <c r="Q26" s="39">
         <v>0.44614977</v>
       </c>
-      <c r="R26" s="46">
+      <c r="R26" s="39">
         <v>0.42554940000000002</v>
       </c>
-      <c r="S26" s="48">
+      <c r="S26" s="40">
         <v>0.42388078999999995</v>
       </c>
-      <c r="T26" s="48">
+      <c r="T26" s="40">
         <v>0.46764800000000001</v>
       </c>
-      <c r="U26" s="48">
+      <c r="U26" s="40">
         <f>440254.29/1000000</f>
         <v>0.44025428999999999</v>
       </c>
-      <c r="V26" s="48">
+      <c r="V26" s="40">
         <f>207985.26/1000000</f>
         <v>0.20798526000000001</v>
       </c>
-      <c r="W26" s="48">
+      <c r="W26" s="40">
+        <f>395714.41/1000000</f>
         <v>0.39571440999999996</v>
       </c>
-      <c r="X26" s="48">
+      <c r="X26" s="31">
+        <f>561282.9/1000000</f>
         <v>0.56128290000000003</v>
       </c>
-      <c r="Y26" s="48">
+      <c r="Y26" s="77">
+        <f>556707.87/1000000</f>
         <v>0.55670786999999999</v>
       </c>
+      <c r="Z26" s="77">
+        <v>0.46936332000000003</v>
+      </c>
     </row>
-    <row r="27" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C27" s="70" t="s">
+    <row r="27" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B27" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" s="59" t="s">
         <v>103</v>
       </c>
-      <c r="D27" s="45" t="s">
+      <c r="D27" s="38" t="s">
         <v>104</v>
       </c>
-      <c r="E27" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="42">
+      <c r="E27" s="62" t="s">
+        <v>165</v>
+      </c>
+      <c r="F27" s="37">
         <v>0</v>
       </c>
-      <c r="G27" s="42">
+      <c r="G27" s="37">
         <v>0</v>
       </c>
-      <c r="H27" s="42">
+      <c r="H27" s="37">
         <v>26.688193769999998</v>
       </c>
-      <c r="I27" s="42">
+      <c r="I27" s="37">
         <v>40</v>
       </c>
-      <c r="J27" s="42">
+      <c r="J27" s="37">
         <v>7.7</v>
       </c>
-      <c r="K27" s="42">
+      <c r="K27" s="37">
         <v>0</v>
       </c>
-      <c r="L27" s="42">
+      <c r="L27" s="37">
         <v>24.28417336</v>
       </c>
-      <c r="M27" s="42">
+      <c r="M27" s="37">
         <v>25.185287769999999</v>
       </c>
-      <c r="N27" s="46">
+      <c r="N27" s="39">
         <v>50.871072859999998</v>
       </c>
-      <c r="O27" s="46">
+      <c r="O27" s="39">
         <v>52.881999999999998</v>
       </c>
-      <c r="P27" s="47">
+      <c r="P27" s="39">
         <v>4.1048088299999996</v>
       </c>
-      <c r="Q27" s="47">
+      <c r="Q27" s="39">
         <v>14.918032589999999</v>
       </c>
-      <c r="R27" s="46">
+      <c r="R27" s="39">
         <v>16.352061299999999</v>
       </c>
-      <c r="S27" s="48">
+      <c r="S27" s="40">
         <v>21.681474210000001</v>
       </c>
-      <c r="T27" s="48">
+      <c r="T27" s="40">
         <v>20.644093999999999</v>
       </c>
-      <c r="U27" s="48">
+      <c r="U27" s="40">
         <f>7317709.23/1000000</f>
         <v>7.3177092300000002</v>
       </c>
-      <c r="V27" s="48">
+      <c r="V27" s="40">
         <f>17530316.09/1000000</f>
         <v>17.530316089999999</v>
       </c>
-      <c r="W27" s="48">
+      <c r="W27" s="40">
+        <f>12209413.97/1000000</f>
         <v>12.20941397</v>
       </c>
-      <c r="X27" s="48">
+      <c r="X27" s="31">
+        <f>9257398.77/1000000</f>
         <v>9.25739877</v>
       </c>
-      <c r="Y27" s="48">
+      <c r="Y27" s="77">
+        <f>16267271.1/1000000</f>
         <v>16.267271099999999</v>
       </c>
+      <c r="Z27" s="77">
+        <v>17.260604920000002</v>
+      </c>
     </row>
-    <row r="28" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C28" s="71" t="s">
+    <row r="28" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B28" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" s="60" t="s">
         <v>143</v>
       </c>
-      <c r="D28" s="50" t="s">
+      <c r="D28" s="42" t="s">
         <v>32</v>
       </c>
-      <c r="E28" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="51">
+      <c r="E28" s="62" t="s">
+        <v>166</v>
+      </c>
+      <c r="F28" s="43">
         <v>509.21199999999993</v>
       </c>
-      <c r="G28" s="51">
+      <c r="G28" s="43">
         <v>513.18005622999999</v>
       </c>
-      <c r="H28" s="51">
+      <c r="H28" s="43">
         <v>601.80289847999995</v>
       </c>
-      <c r="I28" s="51">
+      <c r="I28" s="43">
         <v>656.99998057999994</v>
       </c>
-      <c r="J28" s="51">
+      <c r="J28" s="43">
         <v>685.97859977999997</v>
       </c>
-      <c r="K28" s="51">
+      <c r="K28" s="43">
         <v>605.94462296000006</v>
       </c>
-      <c r="L28" s="51">
+      <c r="L28" s="43">
         <v>570.62301422999997</v>
       </c>
-      <c r="M28" s="51">
+      <c r="M28" s="43">
         <v>518.77272338</v>
       </c>
-      <c r="N28" s="52">
+      <c r="N28" s="44">
         <v>526.72315629000002</v>
       </c>
-      <c r="O28" s="52">
+      <c r="O28" s="44">
         <v>500.72</v>
       </c>
-      <c r="P28" s="53">
+      <c r="P28" s="44">
         <v>441.35891504</v>
       </c>
-      <c r="Q28" s="53">
+      <c r="Q28" s="44">
         <v>461.72415767999996</v>
       </c>
-      <c r="R28" s="53">
+      <c r="R28" s="44">
         <v>484.18866969000004</v>
       </c>
-      <c r="S28" s="54">
+      <c r="S28" s="45">
         <v>494.32278264999997</v>
       </c>
-      <c r="T28" s="54">
+      <c r="T28" s="46">
         <f t="shared" ref="T28:U28" si="0">SUM(T15:T27)</f>
         <v>507.83432266000005</v>
       </c>
-      <c r="U28" s="54">
+      <c r="U28" s="46">
         <f t="shared" si="0"/>
         <v>477.32062729</v>
       </c>
-      <c r="V28" s="54">
-        <f t="shared" ref="V28:W28" si="1">SUM(V15:V27)</f>
+      <c r="V28" s="46">
+        <f t="shared" ref="V28" si="1">SUM(V15:V27)</f>
         <v>513.33116544000006</v>
       </c>
-      <c r="W28" s="54">
-        <f t="shared" si="1"/>
+      <c r="W28" s="46">
+        <f t="shared" ref="W28:Z28" si="2">SUM(W15:W27)</f>
         <v>622.31424310999989</v>
       </c>
-      <c r="X28" s="54">
+      <c r="X28" s="73">
+        <f t="shared" si="2"/>
         <v>611.80030453000006</v>
       </c>
-      <c r="Y28" s="54">
+      <c r="Y28" s="73">
+        <f t="shared" si="2"/>
         <v>651.62365443999988</v>
       </c>
+      <c r="Z28" s="73">
+        <f t="shared" si="2"/>
+        <v>650.70810576999986</v>
+      </c>
     </row>
-    <row r="29" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="C29" s="40" t="s">
+    <row r="29" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C29" s="35" t="s">
         <v>105</v>
       </c>
-      <c r="D29" s="41" t="s">
+      <c r="D29" s="36" t="s">
         <v>106</v>
       </c>
-      <c r="F29" s="42"/>
-[...18 lines deleted...]
-      <c r="Y29" s="48"/>
+      <c r="F29" s="37"/>
+      <c r="G29" s="37"/>
+      <c r="H29" s="37"/>
+      <c r="I29" s="37"/>
+      <c r="J29" s="37"/>
+      <c r="K29" s="37"/>
+      <c r="L29" s="37"/>
+      <c r="M29" s="37"/>
+      <c r="N29" s="39"/>
+      <c r="O29" s="39"/>
+      <c r="P29" s="39"/>
+      <c r="Q29" s="39"/>
+      <c r="R29" s="39"/>
+      <c r="S29" s="40"/>
+      <c r="T29" s="40"/>
+      <c r="U29" s="40"/>
+      <c r="V29" s="40"/>
+      <c r="W29" s="40"/>
+      <c r="X29" s="40"/>
+      <c r="Y29" s="77"/>
+      <c r="Z29" s="77"/>
     </row>
-    <row r="30" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C30" s="70" t="s">
+    <row r="30" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B30" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" s="59" t="s">
         <v>107</v>
       </c>
-      <c r="D30" s="45" t="s">
+      <c r="D30" s="38" t="s">
         <v>108</v>
       </c>
-      <c r="E30" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="42">
+      <c r="E30" s="62" t="s">
+        <v>167</v>
+      </c>
+      <c r="F30" s="37">
         <v>2.4540000000000002</v>
       </c>
-      <c r="G30" s="42">
+      <c r="G30" s="37">
         <v>4.7526365400000001</v>
       </c>
-      <c r="H30" s="42">
+      <c r="H30" s="37">
         <v>5.3495707699999997</v>
       </c>
-      <c r="I30" s="42">
+      <c r="I30" s="37">
         <v>9.8791896599999998</v>
       </c>
-      <c r="J30" s="42">
+      <c r="J30" s="37">
         <v>15.222599820000001</v>
       </c>
-      <c r="K30" s="42">
+      <c r="K30" s="37">
         <v>11.22947308</v>
       </c>
-      <c r="L30" s="42">
+      <c r="L30" s="37">
         <v>2.1155060899999998</v>
       </c>
-      <c r="M30" s="42">
+      <c r="M30" s="37">
         <v>2.49185751</v>
       </c>
-      <c r="N30" s="46">
+      <c r="N30" s="39">
         <v>0.86218057999999997</v>
       </c>
-      <c r="O30" s="46">
+      <c r="O30" s="39">
         <v>0.24399999999999999</v>
       </c>
-      <c r="P30" s="47">
+      <c r="P30" s="39">
         <v>9.1738625599999999</v>
       </c>
-      <c r="Q30" s="47">
+      <c r="Q30" s="39">
         <v>2.2338598300000001</v>
       </c>
-      <c r="R30" s="46">
+      <c r="R30" s="39">
         <v>0.97751090000000007</v>
       </c>
-      <c r="S30" s="48">
+      <c r="S30" s="40">
         <v>0.53798427000000004</v>
       </c>
-      <c r="T30" s="48">
+      <c r="T30" s="40">
         <v>0.85695299999999996</v>
       </c>
-      <c r="U30" s="48">
+      <c r="U30" s="40">
         <f>7439956.54/1000000</f>
         <v>7.4399565399999998</v>
       </c>
-      <c r="V30" s="48">
+      <c r="V30" s="40">
         <f>2308904.13/1000000</f>
         <v>2.3089041299999997</v>
       </c>
-      <c r="W30" s="48">
+      <c r="W30" s="40">
+        <f>665409.44/1000000</f>
         <v>0.66540943999999991</v>
       </c>
-      <c r="X30" s="48">
+      <c r="X30" s="31">
+        <f>3602148.69/1000000</f>
         <v>3.6021486899999999</v>
       </c>
-      <c r="Y30" s="48">
+      <c r="Y30" s="77">
+        <f>14999049.58/1000000</f>
         <v>14.999049579999999</v>
       </c>
+      <c r="Z30" s="77">
+        <v>2.71679286</v>
+      </c>
     </row>
-    <row r="31" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C31" s="70" t="s">
+    <row r="31" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" s="59" t="s">
         <v>109</v>
       </c>
-      <c r="D31" s="45" t="s">
+      <c r="D31" s="38" t="s">
         <v>110</v>
       </c>
-      <c r="E31" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="42">
+      <c r="E31" s="62" t="s">
+        <v>168</v>
+      </c>
+      <c r="F31" s="37">
         <v>2.64</v>
       </c>
-      <c r="G31" s="42">
+      <c r="G31" s="37">
         <v>1.9244638500000002</v>
       </c>
-      <c r="H31" s="42">
+      <c r="H31" s="37">
         <v>3.2470363199999999</v>
       </c>
-      <c r="I31" s="42">
+      <c r="I31" s="37">
         <v>5.1495245399999998</v>
       </c>
-      <c r="J31" s="42">
+      <c r="J31" s="37">
         <v>4.5534177199999997</v>
       </c>
-      <c r="K31" s="42">
+      <c r="K31" s="37">
         <v>3.9935105699999998</v>
       </c>
-      <c r="L31" s="42">
+      <c r="L31" s="37">
         <v>2.2410357999999997</v>
       </c>
-      <c r="M31" s="42">
+      <c r="M31" s="37">
         <v>2.1625203800000001</v>
       </c>
-      <c r="N31" s="46">
+      <c r="N31" s="39">
         <v>10.75665173</v>
       </c>
-      <c r="O31" s="46">
+      <c r="O31" s="39">
         <v>88.198999999999998</v>
       </c>
-      <c r="P31" s="47">
+      <c r="P31" s="39">
         <v>1.6997984799999999</v>
       </c>
-      <c r="Q31" s="47">
+      <c r="Q31" s="39">
         <v>1.69039224</v>
       </c>
-      <c r="R31" s="46">
+      <c r="R31" s="39">
         <v>2.4717637900000002</v>
       </c>
-      <c r="S31" s="48">
+      <c r="S31" s="40">
         <v>1.8186387900000001</v>
       </c>
-      <c r="T31" s="48">
+      <c r="T31" s="40">
         <v>2.1302590000000001</v>
       </c>
-      <c r="U31" s="48">
+      <c r="U31" s="40">
         <f>12672159.57/1000000</f>
         <v>12.67215957</v>
       </c>
-      <c r="V31" s="48">
+      <c r="V31" s="40">
         <f>2157816.5/1000000</f>
         <v>2.1578165</v>
       </c>
-      <c r="W31" s="48">
+      <c r="W31" s="40">
+        <f>2062923.14/1000000</f>
         <v>2.0629231400000001</v>
       </c>
-      <c r="X31" s="48">
+      <c r="X31" s="31">
+        <f>12989346.71/1000000</f>
         <v>12.989346710000001</v>
       </c>
-      <c r="Y31" s="48">
+      <c r="Y31" s="77">
+        <f>7121107.62/1000000</f>
         <v>7.1211076200000001</v>
       </c>
+      <c r="Z31" s="77">
+        <v>14.39230094</v>
+      </c>
     </row>
-    <row r="32" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C32" s="70" t="s">
+    <row r="32" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B32" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C32" s="59" t="s">
         <v>111</v>
       </c>
-      <c r="D32" s="45" t="s">
+      <c r="D32" s="38" t="s">
         <v>112</v>
       </c>
-      <c r="E32" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="42">
+      <c r="E32" s="62" t="s">
+        <v>169</v>
+      </c>
+      <c r="F32" s="37">
         <v>7.5019999999999998</v>
       </c>
-      <c r="G32" s="42">
+      <c r="G32" s="37">
         <v>8.2744505799999999</v>
       </c>
-      <c r="H32" s="42">
+      <c r="H32" s="37">
         <v>10.65742163</v>
       </c>
-      <c r="I32" s="42">
+      <c r="I32" s="37">
         <v>20.548545570000002</v>
       </c>
-      <c r="J32" s="42">
+      <c r="J32" s="37">
         <v>28.330676829999998</v>
       </c>
-      <c r="K32" s="42">
+      <c r="K32" s="37">
         <v>35.198149819999998</v>
       </c>
-      <c r="L32" s="42">
+      <c r="L32" s="37">
         <v>27.928636239999999</v>
       </c>
-      <c r="M32" s="42">
+      <c r="M32" s="37">
         <v>22.802063539999999</v>
       </c>
-      <c r="N32" s="46">
+      <c r="N32" s="39">
         <v>10.06293048</v>
       </c>
-      <c r="O32" s="46">
+      <c r="O32" s="39">
         <v>6.6920000000000002</v>
       </c>
-      <c r="P32" s="47">
+      <c r="P32" s="39">
         <v>9.1986285700000003</v>
       </c>
-      <c r="Q32" s="47">
+      <c r="Q32" s="39">
         <v>6.3872779900000003</v>
       </c>
-      <c r="R32" s="46">
+      <c r="R32" s="39">
         <v>16.599328509999999</v>
       </c>
-      <c r="S32" s="48">
+      <c r="S32" s="40">
         <v>2.8551928900000001</v>
       </c>
-      <c r="T32" s="48">
+      <c r="T32" s="40">
         <v>6.2401759999999999</v>
       </c>
-      <c r="U32" s="48">
+      <c r="U32" s="40">
         <f>5110892.21/1000000</f>
         <v>5.1108922100000003</v>
       </c>
-      <c r="V32" s="48">
+      <c r="V32" s="40">
         <f>3238104.09/1000000</f>
         <v>3.2381040899999998</v>
       </c>
-      <c r="W32" s="48">
+      <c r="W32" s="40">
+        <f>5159951.9/1000000</f>
         <v>5.1599519000000003</v>
       </c>
-      <c r="X32" s="48">
+      <c r="X32" s="31">
+        <f>14591013.81/1000000</f>
         <v>14.59101381</v>
       </c>
-      <c r="Y32" s="48">
+      <c r="Y32" s="77">
+        <f>12092655.23/1000000</f>
         <v>12.09265523</v>
       </c>
+      <c r="Z32" s="77">
+        <v>13.220384409999999</v>
+      </c>
     </row>
-    <row r="33" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C33" s="70" t="s">
+    <row r="33" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B33" s="23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" s="59" t="s">
         <v>113</v>
       </c>
-      <c r="D33" s="45" t="s">
+      <c r="D33" s="38" t="s">
         <v>114</v>
       </c>
-      <c r="E33" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="42">
+      <c r="E33" s="62" t="s">
+        <v>170</v>
+      </c>
+      <c r="F33" s="37">
         <v>0.115</v>
       </c>
-      <c r="G33" s="42">
+      <c r="G33" s="37">
         <v>0.11357</v>
       </c>
-      <c r="H33" s="42">
+      <c r="H33" s="37">
         <v>0.37546719000000001</v>
       </c>
-      <c r="I33" s="42">
+      <c r="I33" s="37">
         <v>0.39026579</v>
       </c>
-      <c r="J33" s="42">
+      <c r="J33" s="37">
         <v>0.87912155000000003</v>
       </c>
-      <c r="K33" s="42">
+      <c r="K33" s="37">
         <v>1.4324973700000001</v>
       </c>
-      <c r="L33" s="42">
+      <c r="L33" s="37">
         <v>1.06308705</v>
       </c>
-      <c r="M33" s="42">
+      <c r="M33" s="37">
         <v>1.6613083099999999</v>
       </c>
-      <c r="N33" s="46">
+      <c r="N33" s="39">
         <v>61.043259310000003</v>
       </c>
-      <c r="O33" s="46">
+      <c r="O33" s="39">
         <v>1.3640000000000001</v>
       </c>
-      <c r="P33" s="47">
+      <c r="P33" s="39">
         <v>1.7634521000000001</v>
       </c>
-      <c r="Q33" s="47">
+      <c r="Q33" s="39">
         <v>40.961042890000002</v>
       </c>
-      <c r="R33" s="46">
+      <c r="R33" s="39">
         <v>0.98308590000000007</v>
       </c>
-      <c r="S33" s="48">
+      <c r="S33" s="40">
         <v>50.5183204</v>
       </c>
-      <c r="T33" s="48">
+      <c r="T33" s="40">
         <v>78.112582000000003</v>
       </c>
-      <c r="U33" s="48">
+      <c r="U33" s="40">
         <f>30154307.7/1000000</f>
         <v>30.1543077</v>
       </c>
-      <c r="V33" s="48">
+      <c r="V33" s="40">
         <f>37189421.12/1000000</f>
         <v>37.189421119999999</v>
       </c>
-      <c r="W33" s="48">
+      <c r="W33" s="40">
+        <f>2377033.22/1000000</f>
         <v>2.3770332200000004</v>
       </c>
-      <c r="X33" s="48">
+      <c r="X33" s="31">
+        <f>8401171.65/1000000</f>
         <v>8.4011716500000002</v>
       </c>
-      <c r="Y33" s="48">
+      <c r="Y33" s="77">
+        <f>16040919.03/1000000</f>
         <v>16.040919029999998</v>
       </c>
+      <c r="Z33" s="77">
+        <v>15.865305150000001</v>
+      </c>
     </row>
-    <row r="34" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C34" s="70" t="s">
+    <row r="34" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B34" s="23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C34" s="59" t="s">
         <v>115</v>
       </c>
-      <c r="D34" s="45" t="s">
+      <c r="D34" s="38" t="s">
         <v>116</v>
       </c>
-      <c r="E34" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="42">
+      <c r="E34" s="62" t="s">
+        <v>171</v>
+      </c>
+      <c r="F34" s="37">
         <v>3.5089999999999999</v>
       </c>
-      <c r="G34" s="42">
+      <c r="G34" s="37">
         <v>3.96922687</v>
       </c>
-      <c r="H34" s="42">
+      <c r="H34" s="37">
         <v>4.2828745100000001</v>
       </c>
-      <c r="I34" s="42">
+      <c r="I34" s="37">
         <v>4.1182445300000001</v>
       </c>
-      <c r="J34" s="42">
+      <c r="J34" s="37">
         <v>4.0067693000000002</v>
       </c>
-      <c r="K34" s="42">
+      <c r="K34" s="37">
         <v>3.6335473999999999</v>
       </c>
-      <c r="L34" s="42">
+      <c r="L34" s="37">
         <v>4.0857848099999998</v>
       </c>
-      <c r="M34" s="42">
+      <c r="M34" s="37">
         <v>4.3802988899999997</v>
       </c>
-      <c r="N34" s="46">
+      <c r="N34" s="39">
         <v>4.8357160800000001</v>
       </c>
-      <c r="O34" s="46">
+      <c r="O34" s="39">
         <v>4.6390000000000002</v>
       </c>
-      <c r="P34" s="47">
+      <c r="P34" s="39">
         <v>4.5456171599999999</v>
       </c>
-      <c r="Q34" s="47">
+      <c r="Q34" s="39">
         <v>4.7225386399999998</v>
       </c>
-      <c r="R34" s="46">
+      <c r="R34" s="39">
         <v>5.6877951299999996</v>
       </c>
-      <c r="S34" s="48">
+      <c r="S34" s="40">
         <v>5.76635996</v>
       </c>
-      <c r="T34" s="48">
+      <c r="T34" s="40">
         <v>5.3514359999999996</v>
       </c>
-      <c r="U34" s="48">
+      <c r="U34" s="40">
         <f>5481525.82/1000000</f>
         <v>5.4815258199999999</v>
       </c>
-      <c r="V34" s="48">
+      <c r="V34" s="40">
         <f>5762014.82/1000000</f>
         <v>5.7620148200000001</v>
       </c>
-      <c r="W34" s="48">
+      <c r="W34" s="40">
+        <f>6731420.67/1000000</f>
         <v>6.7314206700000003</v>
       </c>
-      <c r="X34" s="48">
+      <c r="X34" s="31">
+        <f>7085637.24/1000000</f>
         <v>7.0856372400000005</v>
       </c>
-      <c r="Y34" s="48">
+      <c r="Y34" s="77">
+        <f>7999202.67/1000000</f>
         <v>7.9992026699999998</v>
       </c>
+      <c r="Z34" s="77">
+        <v>7.1966109800000009</v>
+      </c>
     </row>
-    <row r="35" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C35" s="70" t="s">
+    <row r="35" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B35" s="23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" s="59" t="s">
         <v>117</v>
       </c>
-      <c r="D35" s="45" t="s">
+      <c r="D35" s="38" t="s">
         <v>118</v>
       </c>
-      <c r="E35" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="42">
+      <c r="E35" s="62" t="s">
+        <v>172</v>
+      </c>
+      <c r="F35" s="37">
         <v>0.50600000000000001</v>
       </c>
-      <c r="G35" s="42">
+      <c r="G35" s="37">
         <v>0.29998315000000003</v>
       </c>
-      <c r="H35" s="42">
+      <c r="H35" s="37">
         <v>0.36</v>
       </c>
-      <c r="I35" s="42">
+      <c r="I35" s="37">
         <v>0.42965344</v>
       </c>
-      <c r="J35" s="42">
+      <c r="J35" s="37">
         <v>0.84730000000000005</v>
       </c>
-      <c r="K35" s="42">
+      <c r="K35" s="37">
         <v>0.57484999999999997</v>
       </c>
-      <c r="L35" s="42">
+      <c r="L35" s="37">
         <v>0.48507420000000001</v>
       </c>
-      <c r="M35" s="42">
+      <c r="M35" s="37">
         <v>0.41624</v>
       </c>
-      <c r="N35" s="46">
+      <c r="N35" s="39">
         <v>0.20219500000000001</v>
       </c>
-      <c r="O35" s="46">
+      <c r="O35" s="39">
         <v>0.19400000000000001</v>
       </c>
-      <c r="P35" s="47">
+      <c r="P35" s="39">
         <v>0.20157873000000001</v>
       </c>
-      <c r="Q35" s="47">
+      <c r="Q35" s="39">
         <v>0.16388800000000001</v>
       </c>
-      <c r="R35" s="46">
+      <c r="R35" s="39">
         <v>0.16885</v>
       </c>
-      <c r="S35" s="48">
+      <c r="S35" s="40">
         <v>0.32550000000000001</v>
       </c>
-      <c r="T35" s="48">
+      <c r="T35" s="40">
         <v>0.19650000000000001</v>
       </c>
-      <c r="U35" s="48">
+      <c r="U35" s="40">
         <f>39300/1000000</f>
         <v>3.9300000000000002E-2</v>
       </c>
-      <c r="V35" s="48">
+      <c r="V35" s="40">
         <f>53067/1000000</f>
         <v>5.3067000000000003E-2</v>
       </c>
-      <c r="W35" s="48">
+      <c r="W35" s="40">
+        <f>59120/1000000</f>
         <v>5.9119999999999999E-2</v>
       </c>
-      <c r="X35" s="48">
+      <c r="X35" s="31">
+        <f>22400/1000000</f>
         <v>2.24E-2</v>
       </c>
-      <c r="Y35" s="48">
+      <c r="Y35" s="77">
+        <f>163300/1000000</f>
         <v>0.1633</v>
       </c>
+      <c r="Z35" s="77">
+        <v>2.9499999999999998E-2</v>
+      </c>
     </row>
-    <row r="36" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C36" s="70" t="s">
+    <row r="36" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B36" s="23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C36" s="59" t="s">
         <v>119</v>
       </c>
-      <c r="D36" s="45" t="s">
+      <c r="D36" s="38" t="s">
         <v>120</v>
       </c>
-      <c r="E36" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="42">
+      <c r="E36" s="62" t="s">
+        <v>173</v>
+      </c>
+      <c r="F36" s="37">
         <v>2.4449999999999998</v>
       </c>
-      <c r="G36" s="42">
+      <c r="G36" s="37">
         <v>2.8532593300000002</v>
       </c>
-      <c r="H36" s="42">
+      <c r="H36" s="37">
         <v>4.04870982</v>
       </c>
-      <c r="I36" s="42">
+      <c r="I36" s="37">
         <v>5.8852411799999995</v>
       </c>
-      <c r="J36" s="42">
+      <c r="J36" s="37">
         <v>7.1412670800000004</v>
       </c>
-      <c r="K36" s="42">
+      <c r="K36" s="37">
         <v>4.1709554300000002</v>
       </c>
-      <c r="L36" s="42">
+      <c r="L36" s="37">
         <v>3.4799476899999999</v>
       </c>
-      <c r="M36" s="42">
+      <c r="M36" s="37">
         <v>4.36836424</v>
       </c>
-      <c r="N36" s="46">
+      <c r="N36" s="39">
         <v>3.60966078</v>
       </c>
-      <c r="O36" s="46">
+      <c r="O36" s="39">
         <v>2.8359999999999999</v>
       </c>
-      <c r="P36" s="47">
+      <c r="P36" s="39">
         <v>3.0928766800000003</v>
       </c>
-      <c r="Q36" s="47">
+      <c r="Q36" s="39">
         <v>2.9829227</v>
       </c>
-      <c r="R36" s="46">
+      <c r="R36" s="39">
         <v>2.7372025</v>
       </c>
-      <c r="S36" s="48">
+      <c r="S36" s="40">
         <v>2.46421768</v>
       </c>
-      <c r="T36" s="48">
+      <c r="T36" s="40">
         <v>2.4228209999999999</v>
       </c>
-      <c r="U36" s="48">
+      <c r="U36" s="40">
         <f>2374745.11/1000000</f>
         <v>2.3747451099999997</v>
       </c>
-      <c r="V36" s="48">
+      <c r="V36" s="40">
         <f>2176032.96/1000000</f>
         <v>2.1760329600000001</v>
       </c>
-      <c r="W36" s="48">
+      <c r="W36" s="40">
+        <f>1973754.67/1000000</f>
         <v>1.9737546699999999</v>
       </c>
-      <c r="X36" s="48">
+      <c r="X36" s="31">
+        <f>2324039.67/1000000</f>
         <v>2.3240396699999999</v>
       </c>
-      <c r="Y36" s="48">
+      <c r="Y36" s="77">
+        <f>4505709.21/1000000</f>
         <v>4.50570921</v>
       </c>
+      <c r="Z36" s="77">
+        <v>4.3134331699999997</v>
+      </c>
     </row>
-    <row r="37" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C37" s="70" t="s">
+    <row r="37" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B37" s="23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C37" s="59" t="s">
         <v>130</v>
       </c>
-      <c r="D37" s="45" t="s">
+      <c r="D37" s="38" t="s">
         <v>121</v>
       </c>
-      <c r="E37" s="73" t="s">
-[...14 lines deleted...]
-      <c r="R37" s="46">
+      <c r="E37" s="62" t="s">
+        <v>174</v>
+      </c>
+      <c r="F37" s="37"/>
+      <c r="G37" s="37"/>
+      <c r="H37" s="37"/>
+      <c r="I37" s="37"/>
+      <c r="J37" s="37"/>
+      <c r="K37" s="37"/>
+      <c r="L37" s="37"/>
+      <c r="M37" s="37"/>
+      <c r="N37" s="39"/>
+      <c r="O37" s="39"/>
+      <c r="P37" s="39"/>
+      <c r="Q37" s="39"/>
+      <c r="R37" s="39">
         <v>0</v>
       </c>
-      <c r="S37" s="46">
+      <c r="S37" s="39">
         <v>0</v>
       </c>
-      <c r="T37" s="46"/>
-[...4 lines deleted...]
-      <c r="Y37" s="46"/>
+      <c r="T37" s="40"/>
+      <c r="U37" s="40"/>
+      <c r="V37" s="40"/>
+      <c r="W37" s="40"/>
+      <c r="X37" s="40"/>
+      <c r="Y37" s="77"/>
+      <c r="Z37" s="77"/>
     </row>
-    <row r="38" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C38" s="71" t="s">
+    <row r="38" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B38" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C38" s="60" t="s">
         <v>144</v>
       </c>
-      <c r="D38" s="50" t="s">
+      <c r="D38" s="42" t="s">
         <v>51</v>
       </c>
-      <c r="E38" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="51">
+      <c r="E38" s="62" t="s">
+        <v>175</v>
+      </c>
+      <c r="F38" s="43">
         <v>19.170999999999999</v>
       </c>
-      <c r="G38" s="51">
+      <c r="G38" s="43">
         <v>22.187590319999998</v>
       </c>
-      <c r="H38" s="51">
+      <c r="H38" s="43">
         <v>28.321080239999997</v>
       </c>
-      <c r="I38" s="51">
+      <c r="I38" s="43">
         <v>46.400664710000001</v>
       </c>
-      <c r="J38" s="51">
+      <c r="J38" s="43">
         <v>60.981152299999998</v>
       </c>
-      <c r="K38" s="51">
+      <c r="K38" s="43">
         <v>60.232983669999996</v>
       </c>
-      <c r="L38" s="51">
+      <c r="L38" s="43">
         <v>41.399071880000001</v>
       </c>
-      <c r="M38" s="51">
+      <c r="M38" s="43">
         <v>38.28265287</v>
       </c>
-      <c r="N38" s="52">
+      <c r="N38" s="44">
         <v>91.372593960000003</v>
       </c>
-      <c r="O38" s="52">
+      <c r="O38" s="44">
         <v>104.16799999999999</v>
       </c>
-      <c r="P38" s="53">
+      <c r="P38" s="44">
         <v>29.675814279999997</v>
       </c>
-      <c r="Q38" s="53">
+      <c r="Q38" s="44">
         <v>59.141922290000011</v>
       </c>
-      <c r="R38" s="53">
+      <c r="R38" s="44">
         <v>29.625536</v>
       </c>
-      <c r="S38" s="53">
+      <c r="S38" s="44">
         <v>64.286213000000004</v>
       </c>
-      <c r="T38" s="53">
-        <f>SUM(T29:T37)</f>
+      <c r="T38" s="46">
+        <f t="shared" ref="T38:Z38" si="3">SUM(T29:T37)</f>
         <v>95.310727</v>
       </c>
-      <c r="U38" s="53">
-        <f>SUM(U29:U37)</f>
+      <c r="U38" s="46">
+        <f t="shared" si="3"/>
         <v>63.272886949999993</v>
       </c>
-      <c r="V38" s="53">
-        <f>SUM(V29:V37)</f>
+      <c r="V38" s="46">
+        <f t="shared" si="3"/>
         <v>52.885360619999993</v>
       </c>
-      <c r="W38" s="53">
-        <f>SUM(W29:W37)</f>
+      <c r="W38" s="46">
+        <f t="shared" si="3"/>
         <v>19.029613040000001</v>
       </c>
-      <c r="X38" s="53">
+      <c r="X38" s="73">
+        <f t="shared" si="3"/>
         <v>49.015757769999993</v>
       </c>
-      <c r="Y38" s="53">
+      <c r="Y38" s="73">
+        <f t="shared" si="3"/>
         <v>62.921943339999999</v>
       </c>
+      <c r="Z38" s="73">
+        <f t="shared" si="3"/>
+        <v>57.73432751</v>
+      </c>
     </row>
-    <row r="39" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="C39" s="40" t="s">
+    <row r="39" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C39" s="35" t="s">
         <v>122</v>
       </c>
-      <c r="D39" s="41" t="s">
+      <c r="D39" s="36" t="s">
         <v>123</v>
       </c>
-      <c r="F39" s="42"/>
-[...18 lines deleted...]
-      <c r="Y39" s="55"/>
+      <c r="F39" s="37"/>
+      <c r="G39" s="37"/>
+      <c r="H39" s="37"/>
+      <c r="I39" s="37"/>
+      <c r="J39" s="37"/>
+      <c r="K39" s="37"/>
+      <c r="L39" s="37"/>
+      <c r="M39" s="37"/>
+      <c r="N39" s="39"/>
+      <c r="O39" s="39"/>
+      <c r="P39" s="39"/>
+      <c r="Q39" s="39"/>
+      <c r="R39" s="35"/>
+      <c r="S39" s="46"/>
+      <c r="T39" s="27"/>
+      <c r="Y39" s="77"/>
+      <c r="Z39" s="77"/>
     </row>
-    <row r="40" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C40" s="70" t="s">
+    <row r="40" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B40" s="23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="59" t="s">
         <v>124</v>
       </c>
-      <c r="D40" s="45" t="s">
+      <c r="D40" s="38" t="s">
         <v>125</v>
       </c>
-      <c r="E40" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="42">
+      <c r="E40" s="62" t="s">
+        <v>176</v>
+      </c>
+      <c r="F40" s="37">
         <v>2.68</v>
       </c>
-      <c r="G40" s="42">
+      <c r="G40" s="37">
         <v>5.3471504000000003</v>
       </c>
-      <c r="H40" s="42">
+      <c r="H40" s="37">
         <v>7.4376684800000001</v>
       </c>
-      <c r="I40" s="42">
+      <c r="I40" s="37">
         <v>7.7117534900000004</v>
       </c>
-      <c r="J40" s="42">
+      <c r="J40" s="37">
         <v>8.4303270500000007</v>
       </c>
-      <c r="K40" s="42">
+      <c r="K40" s="37">
         <v>8.9290085999999995</v>
       </c>
-      <c r="L40" s="42">
+      <c r="L40" s="37">
         <v>8.25696488</v>
       </c>
-      <c r="M40" s="42">
+      <c r="M40" s="37">
         <v>8.1910000000000007</v>
       </c>
-      <c r="N40" s="46">
+      <c r="N40" s="39">
         <v>7.9314545799999996</v>
       </c>
-      <c r="O40" s="46">
+      <c r="O40" s="39">
         <v>7.8579999999999997</v>
       </c>
-      <c r="P40" s="47">
+      <c r="P40" s="39">
         <v>7.6142733099999997</v>
       </c>
-      <c r="Q40" s="47">
+      <c r="Q40" s="39">
         <v>3.6987849700000002</v>
       </c>
-      <c r="R40" s="46">
+      <c r="R40" s="39">
         <v>6.3605086399999999</v>
       </c>
-      <c r="S40" s="48">
+      <c r="S40" s="40">
         <v>7.7622974600000001</v>
       </c>
-      <c r="T40" s="48">
+      <c r="T40" s="40">
         <v>6.7851119999999998</v>
       </c>
-      <c r="U40" s="48">
+      <c r="U40" s="40">
         <f>7212412.85/1000000</f>
         <v>7.2124128499999998</v>
       </c>
-      <c r="V40" s="48">
+      <c r="V40" s="40">
         <f>7644859.52/1000000</f>
         <v>7.6448595199999998</v>
       </c>
-      <c r="W40" s="48">
+      <c r="W40" s="40">
+        <f>158179459.59/1000000</f>
         <v>158.17945958999999</v>
       </c>
-      <c r="X40" s="48">
+      <c r="X40" s="31">
+        <f>8453506.84/1000000</f>
         <v>8.4535068399999993</v>
       </c>
-      <c r="Y40" s="48">
+      <c r="Y40" s="77">
+        <f>7676834.28/1000000</f>
         <v>7.6768342800000005</v>
       </c>
+      <c r="Z40" s="77">
+        <v>7.0664666799999996</v>
+      </c>
     </row>
-    <row r="41" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C41" s="70" t="s">
+    <row r="41" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B41" s="23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C41" s="59" t="s">
         <v>126</v>
       </c>
-      <c r="D41" s="45" t="s">
+      <c r="D41" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="E41" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="42">
+      <c r="E41" s="62" t="s">
+        <v>177</v>
+      </c>
+      <c r="F41" s="37">
         <v>1.046</v>
       </c>
-      <c r="G41" s="42">
+      <c r="G41" s="37">
         <v>0.45579661999999999</v>
       </c>
-      <c r="H41" s="42">
+      <c r="H41" s="37">
         <v>0.78</v>
       </c>
-      <c r="I41" s="42">
+      <c r="I41" s="37">
         <v>0</v>
       </c>
-      <c r="J41" s="42">
+      <c r="J41" s="37">
         <v>0</v>
       </c>
-      <c r="K41" s="42">
+      <c r="K41" s="37">
         <v>0</v>
       </c>
-      <c r="L41" s="42">
+      <c r="L41" s="37">
         <v>0</v>
       </c>
-      <c r="M41" s="42">
+      <c r="M41" s="37">
         <v>0</v>
       </c>
-      <c r="N41" s="46">
+      <c r="N41" s="39">
         <v>0</v>
       </c>
-      <c r="O41" s="46">
+      <c r="O41" s="39">
         <v>0</v>
       </c>
-      <c r="P41" s="47">
+      <c r="P41" s="39">
         <v>2.5</v>
       </c>
-      <c r="Q41" s="47">
+      <c r="Q41" s="39">
         <v>5</v>
       </c>
-      <c r="R41" s="46">
+      <c r="R41" s="39">
         <v>5</v>
       </c>
-      <c r="S41" s="48">
+      <c r="S41" s="40">
         <v>5</v>
       </c>
-      <c r="T41" s="48">
+      <c r="T41" s="40">
         <v>9.1666659999999993</v>
       </c>
-      <c r="U41" s="48">
+      <c r="U41" s="40">
         <f>10000000/1000000</f>
         <v>10</v>
       </c>
-      <c r="V41" s="48">
+      <c r="V41" s="40">
         <f>10000000/1000000</f>
         <v>10</v>
       </c>
-      <c r="W41" s="48">
+      <c r="W41" s="40">
+        <f>10000000/1000000</f>
         <v>10</v>
       </c>
-      <c r="X41" s="48">
+      <c r="X41" s="31">
+        <f>10000000/1000000</f>
         <v>10</v>
       </c>
-      <c r="Y41" s="48">
+      <c r="Y41" s="77">
+        <f>10000000/1000000</f>
         <v>10</v>
       </c>
+      <c r="Z41" s="77">
+        <v>10.83333333</v>
+      </c>
     </row>
-    <row r="42" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C42" s="70" t="s">
+    <row r="42" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B42" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="59" t="s">
         <v>128</v>
       </c>
-      <c r="D42" s="45" t="s">
+      <c r="D42" s="38" t="s">
         <v>129</v>
       </c>
-      <c r="E42" s="73" t="s">
-[...11 lines deleted...]
-      <c r="O42" s="46">
+      <c r="E42" s="62" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" s="37"/>
+      <c r="G42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="37"/>
+      <c r="J42" s="37"/>
+      <c r="K42" s="37"/>
+      <c r="L42" s="37"/>
+      <c r="M42" s="37"/>
+      <c r="N42" s="39"/>
+      <c r="O42" s="39">
         <v>0</v>
       </c>
-      <c r="P42" s="47">
+      <c r="P42" s="39">
         <v>0</v>
       </c>
-      <c r="Q42" s="47">
+      <c r="Q42" s="39">
         <v>0</v>
       </c>
-      <c r="R42" s="46">
+      <c r="R42" s="39">
         <v>1</v>
       </c>
-      <c r="S42" s="48">
+      <c r="S42" s="40">
         <v>0</v>
       </c>
-      <c r="T42" s="48">
+      <c r="T42" s="40">
         <v>0</v>
       </c>
-      <c r="U42" s="48">
+      <c r="U42" s="40">
         <v>0</v>
       </c>
-      <c r="V42" s="48">
+      <c r="V42" s="40">
         <v>0</v>
       </c>
-      <c r="W42" s="48">
+      <c r="W42" s="40">
+        <f>85000300/1000000</f>
         <v>85.000299999999996</v>
       </c>
-      <c r="X42" s="48">
+      <c r="X42" s="31">
+        <f>0/1000000</f>
         <v>0</v>
       </c>
-      <c r="Y42" s="48">
+      <c r="Y42" s="77">
+        <f>390000000/1000000</f>
         <v>390</v>
       </c>
+      <c r="Z42" s="77">
+        <v>57.828000000000003</v>
+      </c>
     </row>
-    <row r="43" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C43" s="70" t="s">
+    <row r="43" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B43" s="23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C43" s="59" t="s">
         <v>130</v>
       </c>
-      <c r="D43" s="45" t="s">
+      <c r="D43" s="38" t="s">
         <v>121</v>
       </c>
-      <c r="E43" s="73" t="s">
-[...15 lines deleted...]
-      <c r="S43" s="48">
+      <c r="E43" s="62" t="s">
+        <v>179</v>
+      </c>
+      <c r="F43" s="37"/>
+      <c r="G43" s="37"/>
+      <c r="H43" s="37"/>
+      <c r="I43" s="37"/>
+      <c r="J43" s="37"/>
+      <c r="K43" s="37"/>
+      <c r="L43" s="37"/>
+      <c r="M43" s="37"/>
+      <c r="N43" s="39"/>
+      <c r="O43" s="39"/>
+      <c r="P43" s="39"/>
+      <c r="Q43" s="39"/>
+      <c r="R43" s="39"/>
+      <c r="S43" s="40">
         <v>1</v>
       </c>
-      <c r="T43" s="48">
+      <c r="T43" s="40">
         <v>5.444</v>
       </c>
-      <c r="U43" s="48">
+      <c r="U43" s="40">
         <f>9844000/1000000</f>
         <v>9.8439999999999994</v>
       </c>
-      <c r="V43" s="48">
+      <c r="V43" s="40">
         <f>7844000/1000000</f>
         <v>7.8440000000000003</v>
       </c>
-      <c r="W43" s="48">
+      <c r="W43" s="40">
+        <f>8844000/1000000</f>
         <v>8.8439999999999994</v>
       </c>
-      <c r="X43" s="48">
+      <c r="X43" s="31">
+        <f>0/1000000</f>
         <v>0</v>
       </c>
-      <c r="Y43" s="48">
+      <c r="Y43" s="77">
         <v>0</v>
       </c>
+      <c r="Z43" s="77">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C44" s="71" t="s">
+    <row r="44" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B44" s="23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="60" t="s">
         <v>145</v>
       </c>
-      <c r="D44" s="50" t="s">
+      <c r="D44" s="42" t="s">
         <v>62</v>
       </c>
-      <c r="E44" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="51">
+      <c r="E44" s="62" t="s">
+        <v>180</v>
+      </c>
+      <c r="F44" s="43">
         <v>3.726</v>
       </c>
-      <c r="G44" s="51">
+      <c r="G44" s="43">
         <v>5.8029470200000004</v>
       </c>
-      <c r="H44" s="51">
+      <c r="H44" s="43">
         <v>8.2176684800000004</v>
       </c>
-      <c r="I44" s="51">
+      <c r="I44" s="43">
         <v>7.7117534900000004</v>
       </c>
-      <c r="J44" s="51">
+      <c r="J44" s="43">
         <v>8.4303270500000007</v>
       </c>
-      <c r="K44" s="51">
+      <c r="K44" s="43">
         <v>8.9290085999999995</v>
       </c>
-      <c r="L44" s="51">
+      <c r="L44" s="43">
         <v>8.25696488</v>
       </c>
-      <c r="M44" s="51">
+      <c r="M44" s="43">
         <v>8.1910000000000007</v>
       </c>
-      <c r="N44" s="52">
+      <c r="N44" s="44">
         <v>7.9314545799999996</v>
       </c>
-      <c r="O44" s="52">
+      <c r="O44" s="44">
         <v>7.8579999999999997</v>
       </c>
-      <c r="P44" s="53">
+      <c r="P44" s="44">
         <v>10.11427331</v>
       </c>
-      <c r="Q44" s="53">
+      <c r="Q44" s="44">
         <v>8.6987849700000002</v>
       </c>
-      <c r="R44" s="53">
+      <c r="R44" s="44">
         <v>12.360507999999999</v>
       </c>
-      <c r="S44" s="54">
+      <c r="S44" s="45">
         <v>13.762297</v>
       </c>
-      <c r="T44" s="54">
-        <f>SUM(T39:T43)</f>
+      <c r="T44" s="46">
+        <f t="shared" ref="T44:Z44" si="4">SUM(T39:T43)</f>
         <v>21.395778</v>
       </c>
-      <c r="U44" s="54">
-        <f>SUM(U39:U43)</f>
+      <c r="U44" s="45">
+        <f t="shared" si="4"/>
         <v>27.056412850000001</v>
       </c>
-      <c r="V44" s="54">
-        <f>SUM(V39:V43)</f>
+      <c r="V44" s="45">
+        <f t="shared" si="4"/>
         <v>25.488859520000002</v>
       </c>
-      <c r="W44" s="54">
-        <f>SUM(W39:W43)</f>
+      <c r="W44" s="45">
+        <f t="shared" si="4"/>
         <v>262.02375959</v>
       </c>
-      <c r="X44" s="54">
+      <c r="X44" s="33">
+        <f t="shared" si="4"/>
         <v>18.453506839999999</v>
       </c>
-      <c r="Y44" s="54">
+      <c r="Y44" s="33">
+        <f t="shared" si="4"/>
         <v>407.67683427999998</v>
       </c>
+      <c r="Z44" s="33">
+        <f t="shared" si="4"/>
+        <v>75.72780001000001</v>
+      </c>
     </row>
-    <row r="45" spans="2:25" s="26" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C45" s="40" t="s">
+    <row r="45" spans="2:26" s="23" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
+      <c r="B45" s="23" t="s">
+        <v>181</v>
+      </c>
+      <c r="C45" s="35" t="s">
         <v>148</v>
       </c>
-      <c r="D45" s="56" t="s">
+      <c r="D45" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="E45" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="57">
+      <c r="E45" s="62" t="s">
+        <v>181</v>
+      </c>
+      <c r="F45" s="48">
         <v>532.10899999999992</v>
       </c>
-      <c r="G45" s="57">
+      <c r="G45" s="48">
         <v>541.17059357000005</v>
       </c>
-      <c r="H45" s="57">
+      <c r="H45" s="48">
         <v>638.34164720000001</v>
       </c>
-      <c r="I45" s="57">
+      <c r="I45" s="48">
         <v>711.11239877999992</v>
       </c>
-      <c r="J45" s="57">
+      <c r="J45" s="48">
         <v>755.39007912999989</v>
       </c>
-      <c r="K45" s="57">
+      <c r="K45" s="48">
         <v>675.10661522999999</v>
       </c>
-      <c r="L45" s="57">
+      <c r="L45" s="48">
         <v>620.27905098999997</v>
       </c>
-      <c r="M45" s="57">
+      <c r="M45" s="48">
         <v>565.24637625000003</v>
       </c>
-      <c r="N45" s="58">
+      <c r="N45" s="49">
         <v>626.02720483000007</v>
       </c>
-      <c r="O45" s="58">
+      <c r="O45" s="49">
         <v>612.74599999999998</v>
       </c>
-      <c r="P45" s="59">
+      <c r="P45" s="49">
         <v>481.14900262999998</v>
       </c>
-      <c r="Q45" s="59">
+      <c r="Q45" s="49">
         <v>529.56486494000001</v>
       </c>
-      <c r="R45" s="59">
+      <c r="R45" s="49">
         <v>526.17471506000004</v>
       </c>
-      <c r="S45" s="59">
+      <c r="S45" s="49">
         <v>572.3712941</v>
       </c>
-      <c r="T45" s="59">
-        <f>T28+T38+T44</f>
+      <c r="T45" s="46">
+        <f t="shared" ref="T45:Z45" si="5">T28+T38+T44</f>
         <v>624.54082765999999</v>
       </c>
-      <c r="U45" s="59">
-        <f>U28+U38+U44</f>
+      <c r="U45" s="46">
+        <f t="shared" si="5"/>
         <v>567.64992709000001</v>
       </c>
-      <c r="V45" s="59">
-        <f>V28+V38+V44</f>
+      <c r="V45" s="46">
+        <f t="shared" si="5"/>
         <v>591.7053855800001</v>
       </c>
-      <c r="W45" s="59">
-        <f>W28+W38+W44</f>
+      <c r="W45" s="46">
+        <f t="shared" si="5"/>
         <v>903.36761573999979</v>
       </c>
-      <c r="X45" s="59">
+      <c r="X45" s="73">
+        <f t="shared" si="5"/>
         <v>679.26956914000016</v>
       </c>
-      <c r="Y45" s="59">
+      <c r="Y45" s="73">
+        <f t="shared" si="5"/>
         <v>1122.2224320599998</v>
       </c>
+      <c r="Z45" s="73">
+        <f t="shared" si="5"/>
+        <v>784.17023328999983</v>
+      </c>
     </row>
-    <row r="46" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C46" s="49" t="s">
+    <row r="46" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B46" s="23" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="41" t="s">
         <v>74</v>
       </c>
-      <c r="D46" s="41" t="s">
+      <c r="D46" s="36" t="s">
         <v>131</v>
       </c>
-      <c r="E46" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="60">
+      <c r="E46" s="62" t="s">
+        <v>182</v>
+      </c>
+      <c r="F46" s="50">
         <v>9.3970000000000002</v>
       </c>
-      <c r="G46" s="60">
+      <c r="G46" s="50">
         <v>10.57419632</v>
       </c>
-      <c r="H46" s="60">
+      <c r="H46" s="50">
         <v>21.261368469999997</v>
       </c>
-      <c r="I46" s="60">
+      <c r="I46" s="50">
         <v>20.370747739999999</v>
       </c>
-      <c r="J46" s="60">
+      <c r="J46" s="50">
         <v>21.063206219999998</v>
       </c>
-      <c r="K46" s="60">
+      <c r="K46" s="50">
         <v>21.76474279</v>
       </c>
-      <c r="L46" s="60">
+      <c r="L46" s="50">
         <v>20.988673370000001</v>
       </c>
-      <c r="M46" s="60">
+      <c r="M46" s="50">
         <v>23.029623180000002</v>
       </c>
-      <c r="N46" s="61">
+      <c r="N46" s="51">
         <v>21.805911640000001</v>
       </c>
-      <c r="O46" s="61">
+      <c r="O46" s="51">
         <v>30.545000000000002</v>
       </c>
-      <c r="P46" s="62">
+      <c r="P46" s="51">
         <v>20.928179489999998</v>
       </c>
-      <c r="Q46" s="62">
+      <c r="Q46" s="51">
         <v>51.388403350000004</v>
       </c>
-      <c r="R46" s="61">
+      <c r="R46" s="51">
         <v>22.500761170000001</v>
       </c>
-      <c r="S46" s="54">
+      <c r="S46" s="45">
         <v>47.486155889999999</v>
       </c>
-      <c r="T46" s="54">
+      <c r="T46" s="45">
         <v>52.548479999999998</v>
       </c>
-      <c r="U46" s="54">
+      <c r="U46" s="46">
         <f>20509755.36/1000000</f>
         <v>20.50975536</v>
       </c>
-      <c r="V46" s="54">
+      <c r="V46" s="46">
         <f>36986884.02/1000000</f>
         <v>36.986884020000005</v>
       </c>
-      <c r="W46" s="54">
+      <c r="W46" s="46">
         <f>19779793.3/1000000</f>
         <v>19.779793300000001</v>
       </c>
-      <c r="X46" s="54">
+      <c r="X46" s="73">
+        <f>19538713.8/1000000</f>
         <v>19.5387138</v>
       </c>
-      <c r="Y46" s="54">
+      <c r="Y46" s="77">
+        <f>21758705.84/1000000</f>
         <v>21.758705840000001</v>
       </c>
+      <c r="Z46" s="77">
+        <v>21.594123879999998</v>
+      </c>
     </row>
-    <row r="47" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="Y47" s="54"/>
+    <row r="47" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C47" s="41"/>
+      <c r="D47" s="36"/>
+      <c r="F47" s="50"/>
+      <c r="G47" s="50"/>
+      <c r="H47" s="50"/>
+      <c r="I47" s="50"/>
+      <c r="J47" s="50"/>
+      <c r="K47" s="50"/>
+      <c r="L47" s="50"/>
+      <c r="M47" s="50"/>
+      <c r="N47" s="51"/>
+      <c r="O47" s="51"/>
+      <c r="P47" s="51"/>
+      <c r="Q47" s="51"/>
+      <c r="R47" s="51"/>
+      <c r="S47" s="45"/>
+      <c r="T47" s="45"/>
+      <c r="U47" s="45"/>
+      <c r="V47" s="45"/>
+      <c r="W47" s="45"/>
+      <c r="X47" s="45"/>
+      <c r="Y47" s="77"/>
+      <c r="Z47" s="77"/>
     </row>
-    <row r="48" spans="2:25" s="26" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C48" s="49" t="s">
+    <row r="48" spans="2:26" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B48" s="23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C48" s="41" t="s">
         <v>152</v>
       </c>
-      <c r="D48" s="63" t="s">
+      <c r="D48" s="52" t="s">
         <v>76</v>
       </c>
-      <c r="E48" s="73" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="60">
+      <c r="E48" s="62" t="s">
+        <v>183</v>
+      </c>
+      <c r="F48" s="50">
         <v>541.50599999999997</v>
       </c>
-      <c r="G48" s="60">
+      <c r="G48" s="50">
         <v>551.74478989000011</v>
       </c>
-      <c r="H48" s="60">
+      <c r="H48" s="50">
         <v>659.60301566999999</v>
       </c>
-      <c r="I48" s="60">
+      <c r="I48" s="50">
         <v>731.48314651999988</v>
       </c>
-      <c r="J48" s="60">
+      <c r="J48" s="50">
         <v>776.45328534999987</v>
       </c>
-      <c r="K48" s="60">
+      <c r="K48" s="50">
         <v>696.87135802</v>
       </c>
-      <c r="L48" s="60">
+      <c r="L48" s="50">
         <v>641.26772435999999</v>
       </c>
-      <c r="M48" s="60">
+      <c r="M48" s="50">
         <v>588.27599943000007</v>
       </c>
-      <c r="N48" s="60">
+      <c r="N48" s="50">
         <v>647.83311647000005</v>
       </c>
-      <c r="O48" s="61">
+      <c r="O48" s="51">
         <v>643.29099999999994</v>
       </c>
-      <c r="P48" s="62">
+      <c r="P48" s="51">
         <v>502.07718211999997</v>
       </c>
-      <c r="Q48" s="62">
+      <c r="Q48" s="51">
         <v>580.95326828999998</v>
       </c>
-      <c r="R48" s="62">
+      <c r="R48" s="51">
         <v>548.67547623000007</v>
       </c>
-      <c r="S48" s="54">
+      <c r="S48" s="45">
         <v>619.85744998999996</v>
       </c>
-      <c r="T48" s="54">
-        <f>T45+T46</f>
+      <c r="T48" s="45">
+        <f t="shared" ref="T48:Z48" si="6">T45+T46</f>
         <v>677.08930766000003</v>
       </c>
-      <c r="U48" s="54">
-        <f>U45+U46</f>
+      <c r="U48" s="45">
+        <f t="shared" si="6"/>
         <v>588.15968244999999</v>
       </c>
-      <c r="V48" s="54">
-        <f>V45+V46</f>
+      <c r="V48" s="45">
+        <f t="shared" si="6"/>
         <v>628.69226960000015</v>
       </c>
-      <c r="W48" s="54">
-        <f>W45+W46</f>
+      <c r="W48" s="45">
+        <f t="shared" si="6"/>
         <v>923.14740903999984</v>
       </c>
-      <c r="X48" s="54">
+      <c r="X48" s="33">
+        <f t="shared" si="6"/>
         <v>698.80828294000014</v>
       </c>
-      <c r="Y48" s="54">
+      <c r="Y48" s="33">
+        <f t="shared" si="6"/>
         <v>1143.9811378999998</v>
       </c>
-    </row>
-[...100 lines deleted...]
-      <c r="B86" s="26"/>
+      <c r="Z48" s="33">
+        <f t="shared" si="6"/>
+        <v>805.76435716999981</v>
+      </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="E11:E12">
-    <cfRule type="duplicateValues" dxfId="4" priority="3"/>
+  <conditionalFormatting sqref="D11:D12">
+    <cfRule type="duplicateValues" dxfId="4" priority="4"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D11:D12">
-[...3 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="2" priority="86"/>
+  <conditionalFormatting sqref="D50:F1048576 D14:F14 D1:F1 D10:F10 D2:D9 D15:D32 G15:L15 D49:E49 D47:D48">
+    <cfRule type="duplicateValues" dxfId="3" priority="86"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E1:E1048576">
-    <cfRule type="duplicateValues" dxfId="1" priority="1"/>
-    <cfRule type="duplicateValues" dxfId="0" priority="2"/>
+    <cfRule type="duplicateValues" dxfId="2" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="1" priority="2"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E11:E12">
+    <cfRule type="duplicateValues" dxfId="0" priority="3"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWL$4:$WWL$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWK$4:$WWK$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="U15:V28 U30:V38 W38 U40:V46 T48:W48 W44:W46 T18:T19 T21 T25 T28 T38 T44:T45 W28" unlockedFormula="1"/>
+    <ignoredError sqref="T18:T19 T21:W21 U15:U20 T25:W25 T28:W28 T38:W38 T44:T45 T48:W48 U23:U24 U26:U27 U30:U36 U40:U41 U43:U46 V15:V20 V23:V24 V26:V27 V30:V36 V40:V41 V43:V46 W15:W20 W23:W24 W26:W27 W30:W36 W40:W46" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Revenue</vt:lpstr>
       <vt:lpstr>Expenditure</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>