--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -30,51 +30,51 @@
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10425"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="220">
   <si>
     <t>DATASTRUCTURE</t>
   </si>
   <si>
     <t>IMF:ECOFIN_DSD(1.0)</t>
   </si>
   <si>
     <t>Datastructure</t>
   </si>
   <si>
     <t>DATASTRUCTURE_NAME</t>
   </si>
   <si>
     <t>ECOFIN Data Structure Definition</t>
   </si>
   <si>
     <t>Datastructure Name</t>
   </si>
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
@@ -657,50 +657,83 @@
     <t>2024-05</t>
   </si>
   <si>
     <t>2024-06</t>
   </si>
   <si>
     <t>2024-07</t>
   </si>
   <si>
     <t>2024-08</t>
   </si>
   <si>
     <t>2024-09</t>
   </si>
   <si>
     <t>2024-10</t>
   </si>
   <si>
     <t>2024-11</t>
   </si>
   <si>
     <t>2024-12</t>
   </si>
   <si>
     <t>.</t>
+  </si>
+  <si>
+    <t>2025-01</t>
+  </si>
+  <si>
+    <t>2025-02</t>
+  </si>
+  <si>
+    <t>2025-03</t>
+  </si>
+  <si>
+    <t>2025-04</t>
+  </si>
+  <si>
+    <t>2025-05</t>
+  </si>
+  <si>
+    <t>2025-06</t>
+  </si>
+  <si>
+    <t>2025-07</t>
+  </si>
+  <si>
+    <t>2025-08</t>
+  </si>
+  <si>
+    <t>2025-09</t>
+  </si>
+  <si>
+    <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -902,51 +935,121 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="32">
+  <dxfs count="39">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1537,68 +1640,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:EH30"/>
+  <dimension ref="B2:ES30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="6" ySplit="12" topLeftCell="DY13" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="6" ySplit="12" topLeftCell="EJ13" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
-      <selection pane="bottomRight" activeCell="EC23" sqref="EC23"/>
+      <selection pane="bottomRight" activeCell="ES11" sqref="ES11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="17" customWidth="1"/>
     <col min="3" max="4" width="45.5703125" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:138" ht="15" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:149" ht="15" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
@@ -1625,51 +1728,51 @@
       <c r="AO2" s="4"/>
       <c r="AP2" s="4"/>
       <c r="AQ2" s="4"/>
       <c r="AR2" s="4"/>
       <c r="AS2" s="4"/>
       <c r="AT2" s="4"/>
       <c r="AU2" s="4"/>
       <c r="AV2" s="4"/>
       <c r="AW2" s="4"/>
       <c r="AX2" s="4"/>
       <c r="AY2" s="4"/>
       <c r="AZ2" s="4"/>
       <c r="BA2" s="4"/>
       <c r="BB2" s="4"/>
       <c r="BC2" s="4"/>
       <c r="BD2" s="4"/>
       <c r="BE2" s="4"/>
       <c r="BF2" s="4"/>
       <c r="BG2" s="4"/>
       <c r="BH2" s="4"/>
       <c r="BI2" s="4"/>
       <c r="BJ2" s="4"/>
       <c r="BK2" s="4"/>
       <c r="BL2" s="4"/>
     </row>
-    <row r="3" spans="2:138" ht="15" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:149" ht="15" x14ac:dyDescent="0.2">
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
@@ -1696,51 +1799,51 @@
       <c r="AO3" s="4"/>
       <c r="AP3" s="4"/>
       <c r="AQ3" s="4"/>
       <c r="AR3" s="4"/>
       <c r="AS3" s="4"/>
       <c r="AT3" s="4"/>
       <c r="AU3" s="4"/>
       <c r="AV3" s="4"/>
       <c r="AW3" s="4"/>
       <c r="AX3" s="4"/>
       <c r="AY3" s="4"/>
       <c r="AZ3" s="4"/>
       <c r="BA3" s="4"/>
       <c r="BB3" s="4"/>
       <c r="BC3" s="4"/>
       <c r="BD3" s="4"/>
       <c r="BE3" s="4"/>
       <c r="BF3" s="4"/>
       <c r="BG3" s="4"/>
       <c r="BH3" s="4"/>
       <c r="BI3" s="4"/>
       <c r="BJ3" s="4"/>
       <c r="BK3" s="4"/>
       <c r="BL3" s="4"/>
     </row>
-    <row r="4" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
@@ -1767,51 +1870,51 @@
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
       <c r="AU4" s="4"/>
       <c r="AV4" s="4"/>
       <c r="AW4" s="4"/>
       <c r="AX4" s="4"/>
       <c r="AY4" s="4"/>
       <c r="AZ4" s="4"/>
       <c r="BA4" s="4"/>
       <c r="BB4" s="4"/>
       <c r="BC4" s="4"/>
       <c r="BD4" s="4"/>
       <c r="BE4" s="4"/>
       <c r="BF4" s="4"/>
       <c r="BG4" s="4"/>
       <c r="BH4" s="4"/>
       <c r="BI4" s="4"/>
       <c r="BJ4" s="4"/>
       <c r="BK4" s="4"/>
       <c r="BL4" s="4"/>
     </row>
-    <row r="5" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
@@ -1838,51 +1941,51 @@
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
       <c r="AR5" s="4"/>
       <c r="AS5" s="4"/>
       <c r="AT5" s="4"/>
       <c r="AU5" s="4"/>
       <c r="AV5" s="4"/>
       <c r="AW5" s="4"/>
       <c r="AX5" s="4"/>
       <c r="AY5" s="4"/>
       <c r="AZ5" s="4"/>
       <c r="BA5" s="4"/>
       <c r="BB5" s="4"/>
       <c r="BC5" s="4"/>
       <c r="BD5" s="4"/>
       <c r="BE5" s="4"/>
       <c r="BF5" s="4"/>
       <c r="BG5" s="4"/>
       <c r="BH5" s="4"/>
       <c r="BI5" s="4"/>
       <c r="BJ5" s="4"/>
       <c r="BK5" s="4"/>
       <c r="BL5" s="4"/>
     </row>
-    <row r="6" spans="2:138" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:149" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
@@ -1909,51 +2012,51 @@
       <c r="AO6" s="4"/>
       <c r="AP6" s="4"/>
       <c r="AQ6" s="4"/>
       <c r="AR6" s="4"/>
       <c r="AS6" s="4"/>
       <c r="AT6" s="4"/>
       <c r="AU6" s="4"/>
       <c r="AV6" s="4"/>
       <c r="AW6" s="4"/>
       <c r="AX6" s="4"/>
       <c r="AY6" s="4"/>
       <c r="AZ6" s="4"/>
       <c r="BA6" s="4"/>
       <c r="BB6" s="4"/>
       <c r="BC6" s="4"/>
       <c r="BD6" s="4"/>
       <c r="BE6" s="4"/>
       <c r="BF6" s="4"/>
       <c r="BG6" s="4"/>
       <c r="BH6" s="4"/>
       <c r="BI6" s="4"/>
       <c r="BJ6" s="4"/>
       <c r="BK6" s="4"/>
       <c r="BL6" s="4"/>
     </row>
-    <row r="7" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B7" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="11">
         <v>0</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
@@ -1980,51 +2083,51 @@
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
       <c r="AR7" s="4"/>
       <c r="AS7" s="4"/>
       <c r="AT7" s="4"/>
       <c r="AU7" s="4"/>
       <c r="AV7" s="4"/>
       <c r="AW7" s="4"/>
       <c r="AX7" s="4"/>
       <c r="AY7" s="4"/>
       <c r="AZ7" s="4"/>
       <c r="BA7" s="4"/>
       <c r="BB7" s="4"/>
       <c r="BC7" s="4"/>
       <c r="BD7" s="4"/>
       <c r="BE7" s="4"/>
       <c r="BF7" s="4"/>
       <c r="BG7" s="4"/>
       <c r="BH7" s="4"/>
       <c r="BI7" s="4"/>
       <c r="BJ7" s="4"/>
       <c r="BK7" s="4"/>
       <c r="BL7" s="4"/>
     </row>
-    <row r="8" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
@@ -2051,51 +2154,51 @@
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
       <c r="AR8" s="4"/>
       <c r="AS8" s="4"/>
       <c r="AT8" s="4"/>
       <c r="AU8" s="4"/>
       <c r="AV8" s="4"/>
       <c r="AW8" s="4"/>
       <c r="AX8" s="4"/>
       <c r="AY8" s="4"/>
       <c r="AZ8" s="4"/>
       <c r="BA8" s="4"/>
       <c r="BB8" s="4"/>
       <c r="BC8" s="4"/>
       <c r="BD8" s="4"/>
       <c r="BE8" s="4"/>
       <c r="BF8" s="4"/>
       <c r="BG8" s="4"/>
       <c r="BH8" s="4"/>
       <c r="BI8" s="4"/>
       <c r="BJ8" s="4"/>
       <c r="BK8" s="4"/>
       <c r="BL8" s="4"/>
     </row>
-    <row r="9" spans="2:138" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:149" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="16" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
@@ -2120,51 +2223,51 @@
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
       <c r="AR9" s="4"/>
       <c r="AS9" s="4"/>
       <c r="AT9" s="4"/>
       <c r="AU9" s="4"/>
       <c r="AV9" s="4"/>
       <c r="AW9" s="4"/>
       <c r="AX9" s="4"/>
       <c r="AY9" s="4"/>
       <c r="AZ9" s="4"/>
       <c r="BA9" s="4"/>
       <c r="BB9" s="4"/>
       <c r="BC9" s="4"/>
       <c r="BD9" s="4"/>
       <c r="BE9" s="4"/>
       <c r="BF9" s="4"/>
       <c r="BG9" s="4"/>
       <c r="BH9" s="4"/>
       <c r="BI9" s="4"/>
       <c r="BJ9" s="4"/>
       <c r="BK9" s="4"/>
       <c r="BL9" s="4"/>
     </row>
-    <row r="10" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B10" s="17"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
       <c r="W10" s="4"/>
       <c r="X10" s="4"/>
       <c r="Y10" s="4"/>
       <c r="Z10" s="4"/>
@@ -2185,51 +2288,51 @@
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
       <c r="AR10" s="4"/>
       <c r="AS10" s="4"/>
       <c r="AT10" s="4"/>
       <c r="AU10" s="4"/>
       <c r="AV10" s="4"/>
       <c r="AW10" s="4"/>
       <c r="AX10" s="4"/>
       <c r="AY10" s="4"/>
       <c r="AZ10" s="4"/>
       <c r="BA10" s="4"/>
       <c r="BB10" s="4"/>
       <c r="BC10" s="4"/>
       <c r="BD10" s="4"/>
       <c r="BE10" s="4"/>
       <c r="BF10" s="4"/>
       <c r="BG10" s="4"/>
       <c r="BH10" s="4"/>
       <c r="BI10" s="4"/>
       <c r="BJ10" s="4"/>
       <c r="BK10" s="4"/>
       <c r="BL10" s="4"/>
     </row>
-    <row r="11" spans="2:138" ht="15" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:149" ht="15" x14ac:dyDescent="0.25">
       <c r="B11" s="18" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="18" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="19" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="19" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="19" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="19" t="s">
@@ -2597,52 +2700,85 @@
       </c>
       <c r="EA11" s="19" t="s">
         <v>200</v>
       </c>
       <c r="EB11" s="19" t="s">
         <v>201</v>
       </c>
       <c r="EC11" s="19" t="s">
         <v>202</v>
       </c>
       <c r="ED11" s="19" t="s">
         <v>203</v>
       </c>
       <c r="EE11" s="19" t="s">
         <v>204</v>
       </c>
       <c r="EF11" s="19" t="s">
         <v>205</v>
       </c>
       <c r="EG11" s="19" t="s">
         <v>206</v>
       </c>
       <c r="EH11" s="19" t="s">
         <v>207</v>
       </c>
+      <c r="EI11" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="EJ11" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="EK11" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="EL11" s="19" t="s">
+        <v>212</v>
+      </c>
+      <c r="EM11" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="EN11" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="EO11" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="EP11" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="EQ11" s="19" t="s">
+        <v>217</v>
+      </c>
+      <c r="ER11" s="19" t="s">
+        <v>218</v>
+      </c>
+      <c r="ES11" s="19" t="s">
+        <v>219</v>
+      </c>
     </row>
-    <row r="12" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B12" s="20"/>
       <c r="C12" s="21" t="s">
         <v>116</v>
       </c>
       <c r="D12" s="20"/>
       <c r="E12" s="20"/>
       <c r="F12" s="22"/>
       <c r="G12" s="22"/>
       <c r="H12" s="22"/>
       <c r="I12" s="22"/>
       <c r="J12" s="22"/>
       <c r="K12" s="22"/>
       <c r="L12" s="22"/>
       <c r="M12" s="22"/>
       <c r="N12" s="22"/>
       <c r="O12" s="22"/>
       <c r="P12" s="22"/>
       <c r="Q12" s="22"/>
       <c r="R12" s="22"/>
       <c r="S12" s="22"/>
       <c r="T12" s="22"/>
       <c r="U12" s="22"/>
       <c r="V12" s="22"/>
       <c r="W12" s="22"/>
       <c r="X12" s="22"/>
@@ -2665,51 +2801,51 @@
       <c r="AO12" s="22"/>
       <c r="AP12" s="22"/>
       <c r="AQ12" s="22"/>
       <c r="AR12" s="22"/>
       <c r="AS12" s="22"/>
       <c r="AT12" s="22"/>
       <c r="AU12" s="22"/>
       <c r="AV12" s="22"/>
       <c r="AW12" s="22"/>
       <c r="AX12" s="22"/>
       <c r="AY12" s="22"/>
       <c r="AZ12" s="22"/>
       <c r="BA12" s="22"/>
       <c r="BB12" s="22"/>
       <c r="BC12" s="22"/>
       <c r="BD12" s="22"/>
       <c r="BE12" s="22"/>
       <c r="BF12" s="22"/>
       <c r="BG12" s="22"/>
       <c r="BH12" s="22"/>
       <c r="BI12" s="22"/>
       <c r="BJ12" s="22"/>
       <c r="BK12" s="22"/>
       <c r="BL12" s="22"/>
     </row>
-    <row r="13" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
         <v>117</v>
       </c>
       <c r="C13" s="22" t="s">
         <v>118</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>119</v>
       </c>
       <c r="E13" s="22" t="s">
         <v>117</v>
       </c>
       <c r="F13" s="22">
         <v>2000</v>
       </c>
       <c r="G13" s="23">
         <v>48.782822731933798</v>
       </c>
       <c r="H13" s="23">
         <v>48.696663923576402</v>
       </c>
       <c r="I13" s="23">
         <v>48.632597117361897</v>
       </c>
       <c r="J13" s="23">
@@ -3077,52 +3213,85 @@
       </c>
       <c r="EA13">
         <v>18.600000000000001</v>
       </c>
       <c r="EB13">
         <v>19.05</v>
       </c>
       <c r="EC13">
         <v>22.58</v>
       </c>
       <c r="ED13">
         <v>25.21</v>
       </c>
       <c r="EE13">
         <v>25.74</v>
       </c>
       <c r="EF13">
         <v>24.98</v>
       </c>
       <c r="EG13">
         <v>26.64</v>
       </c>
       <c r="EH13">
         <v>29.31</v>
       </c>
+      <c r="EI13">
+        <v>31.53</v>
+      </c>
+      <c r="EJ13">
+        <v>30.37</v>
+      </c>
+      <c r="EK13">
+        <v>27.85</v>
+      </c>
+      <c r="EL13">
+        <v>24.57</v>
+      </c>
+      <c r="EM13">
+        <v>21.62</v>
+      </c>
+      <c r="EN13">
+        <v>20.7</v>
+      </c>
+      <c r="EO13">
+        <v>21.54</v>
+      </c>
+      <c r="EP13">
+        <v>21.58</v>
+      </c>
+      <c r="EQ13">
+        <v>20.52</v>
+      </c>
+      <c r="ER13">
+        <v>20.22</v>
+      </c>
+      <c r="ES13">
+        <v>22.38</v>
+      </c>
     </row>
-    <row r="14" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
         <v>120</v>
       </c>
       <c r="C14" s="22" t="s">
         <v>121</v>
       </c>
       <c r="D14" s="22" t="s">
         <v>122</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>120</v>
       </c>
       <c r="F14" s="22">
         <v>2000</v>
       </c>
       <c r="G14" s="23">
         <v>70.511559471152594</v>
       </c>
       <c r="H14" s="23">
         <v>69.592493979409696</v>
       </c>
       <c r="I14" s="23">
         <v>69.951124899643204</v>
       </c>
       <c r="J14" s="23">
@@ -3490,52 +3659,85 @@
       </c>
       <c r="EA14">
         <v>46.53</v>
       </c>
       <c r="EB14">
         <v>40.89</v>
       </c>
       <c r="EC14">
         <v>41.19</v>
       </c>
       <c r="ED14">
         <v>34.61</v>
       </c>
       <c r="EE14">
         <v>35.200000000000003</v>
       </c>
       <c r="EF14">
         <v>38.520000000000003</v>
       </c>
       <c r="EG14">
         <v>52.82</v>
       </c>
       <c r="EH14">
         <v>57.28</v>
       </c>
+      <c r="EI14">
+        <v>56.81</v>
+      </c>
+      <c r="EJ14">
+        <v>55.46</v>
+      </c>
+      <c r="EK14">
+        <v>53.98</v>
+      </c>
+      <c r="EL14">
+        <v>50.18</v>
+      </c>
+      <c r="EM14">
+        <v>43.34</v>
+      </c>
+      <c r="EN14">
+        <v>41.18</v>
+      </c>
+      <c r="EO14">
+        <v>42.54</v>
+      </c>
+      <c r="EP14">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="EQ14">
+        <v>38.19</v>
+      </c>
+      <c r="ER14">
+        <v>39.200000000000003</v>
+      </c>
+      <c r="ES14">
+        <v>48.24</v>
+      </c>
     </row>
-    <row r="15" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
         <v>123</v>
       </c>
       <c r="C15" s="22" t="s">
         <v>124</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>125</v>
       </c>
       <c r="E15" s="22" t="s">
         <v>123</v>
       </c>
       <c r="F15" s="22">
         <v>2000</v>
       </c>
       <c r="G15" s="23">
         <v>191.19058834237899</v>
       </c>
       <c r="H15" s="23">
         <v>187.94559169880901</v>
       </c>
       <c r="I15" s="23">
         <v>194.654446985471</v>
       </c>
       <c r="J15" s="23">
@@ -3903,52 +4105,85 @@
       </c>
       <c r="EA15">
         <v>170.54</v>
       </c>
       <c r="EB15">
         <v>171.63</v>
       </c>
       <c r="EC15">
         <v>190.73</v>
       </c>
       <c r="ED15">
         <v>169.04</v>
       </c>
       <c r="EE15">
         <v>174.64</v>
       </c>
       <c r="EF15">
         <v>160.35</v>
       </c>
       <c r="EG15">
         <v>192.71</v>
       </c>
       <c r="EH15">
         <v>181.62</v>
       </c>
+      <c r="EI15">
+        <v>186.18</v>
+      </c>
+      <c r="EJ15">
+        <v>176.07</v>
+      </c>
+      <c r="EK15">
+        <v>190.59</v>
+      </c>
+      <c r="EL15">
+        <v>187.76</v>
+      </c>
+      <c r="EM15">
+        <v>194.17</v>
+      </c>
+      <c r="EN15">
+        <v>195</v>
+      </c>
+      <c r="EO15">
+        <v>210.14</v>
+      </c>
+      <c r="EP15">
+        <v>192.93</v>
+      </c>
+      <c r="EQ15">
+        <v>186.04</v>
+      </c>
+      <c r="ER15">
+        <v>173.68</v>
+      </c>
+      <c r="ES15">
+        <v>193.11</v>
+      </c>
     </row>
-    <row r="16" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>126</v>
       </c>
       <c r="C16" s="22" t="s">
         <v>127</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>128</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>126</v>
       </c>
       <c r="F16" s="22">
         <v>2000</v>
       </c>
       <c r="G16" s="23">
         <v>68.008543136366598</v>
       </c>
       <c r="H16" s="23">
         <v>74.931072422496996</v>
       </c>
       <c r="I16" s="23">
         <v>70.083489741764296</v>
       </c>
       <c r="J16" s="23">
@@ -4225,52 +4460,85 @@
       <c r="DO16" s="20"/>
       <c r="DP16" s="20"/>
       <c r="DQ16" s="20"/>
       <c r="DR16" s="20"/>
       <c r="DS16" s="20"/>
       <c r="DT16" s="20"/>
       <c r="DU16" s="20"/>
       <c r="EC16" t="s">
         <v>208</v>
       </c>
       <c r="ED16" t="s">
         <v>208</v>
       </c>
       <c r="EE16" t="s">
         <v>208</v>
       </c>
       <c r="EF16" t="s">
         <v>208</v>
       </c>
       <c r="EG16" t="s">
         <v>208</v>
       </c>
       <c r="EH16" t="s">
         <v>208</v>
       </c>
+      <c r="EI16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EJ16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EK16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EL16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EM16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EN16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EO16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EP16" t="s">
+        <v>208</v>
+      </c>
+      <c r="EQ16" t="s">
+        <v>208</v>
+      </c>
+      <c r="ER16" t="s">
+        <v>208</v>
+      </c>
+      <c r="ES16" t="s">
+        <v>208</v>
+      </c>
     </row>
-    <row r="17" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B17" s="22" t="s">
         <v>129</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>130</v>
       </c>
       <c r="D17" s="22" t="s">
         <v>131</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>129</v>
       </c>
       <c r="F17" s="22">
         <v>2000</v>
       </c>
       <c r="G17" s="23">
         <v>99.021634449108902</v>
       </c>
       <c r="H17" s="23">
         <v>103.938337031302</v>
       </c>
       <c r="I17" s="23">
         <v>117.536487514699</v>
       </c>
       <c r="J17" s="23">
@@ -4638,52 +4906,85 @@
       </c>
       <c r="EA17">
         <v>32.99</v>
       </c>
       <c r="EB17">
         <v>30.69</v>
       </c>
       <c r="EC17">
         <v>31.02</v>
       </c>
       <c r="ED17">
         <v>28.29</v>
       </c>
       <c r="EE17">
         <v>28.96</v>
       </c>
       <c r="EF17">
         <v>31.37</v>
       </c>
       <c r="EG17">
         <v>37.49</v>
       </c>
       <c r="EH17">
         <v>41.74</v>
       </c>
+      <c r="EI17">
+        <v>42.95</v>
+      </c>
+      <c r="EJ17">
+        <v>42.57</v>
+      </c>
+      <c r="EK17">
+        <v>40.57</v>
+      </c>
+      <c r="EL17">
+        <v>37.229999999999997</v>
+      </c>
+      <c r="EM17">
+        <v>35</v>
+      </c>
+      <c r="EN17">
+        <v>33.729999999999997</v>
+      </c>
+      <c r="EO17">
+        <v>36.44</v>
+      </c>
+      <c r="EP17">
+        <v>33.56</v>
+      </c>
+      <c r="EQ17">
+        <v>35.82</v>
+      </c>
+      <c r="ER17">
+        <v>37.26</v>
+      </c>
+      <c r="ES17">
+        <v>44.88</v>
+      </c>
     </row>
-    <row r="18" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B18" s="22" t="s">
         <v>132</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>133</v>
       </c>
       <c r="D18" s="22" t="s">
         <v>134</v>
       </c>
       <c r="E18" s="22" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="22">
         <v>2000</v>
       </c>
       <c r="G18" s="23">
         <v>33.198282762729299</v>
       </c>
       <c r="H18" s="23">
         <v>32.2074114715872</v>
       </c>
       <c r="I18" s="23">
         <v>33.087731007106001</v>
       </c>
       <c r="J18" s="23">
@@ -5051,52 +5352,85 @@
       </c>
       <c r="EA18">
         <v>27.65</v>
       </c>
       <c r="EB18">
         <v>27.06</v>
       </c>
       <c r="EC18">
         <v>30.75</v>
       </c>
       <c r="ED18">
         <v>31.14</v>
       </c>
       <c r="EE18">
         <v>28.68</v>
       </c>
       <c r="EF18">
         <v>23.48</v>
       </c>
       <c r="EG18">
         <v>23.92</v>
       </c>
       <c r="EH18">
         <v>28.96</v>
       </c>
+      <c r="EI18">
+        <v>34.950000000000003</v>
+      </c>
+      <c r="EJ18">
+        <v>37.6</v>
+      </c>
+      <c r="EK18">
+        <v>33.53</v>
+      </c>
+      <c r="EL18">
+        <v>25.33</v>
+      </c>
+      <c r="EM18">
+        <v>17.559999999999999</v>
+      </c>
+      <c r="EN18">
+        <v>15.39</v>
+      </c>
+      <c r="EO18">
+        <v>16.829999999999998</v>
+      </c>
+      <c r="EP18">
+        <v>17.579999999999998</v>
+      </c>
+      <c r="EQ18">
+        <v>16.95</v>
+      </c>
+      <c r="ER18">
+        <v>16.920000000000002</v>
+      </c>
+      <c r="ES18">
+        <v>20.92</v>
+      </c>
     </row>
-    <row r="19" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B19" s="22" t="s">
         <v>135</v>
       </c>
       <c r="C19" s="22" t="s">
         <v>136</v>
       </c>
       <c r="D19" s="22" t="s">
         <v>137</v>
       </c>
       <c r="E19" s="22" t="s">
         <v>135</v>
       </c>
       <c r="F19" s="22">
         <v>2000</v>
       </c>
       <c r="G19" s="23">
         <v>314.08464224548601</v>
       </c>
       <c r="H19" s="23">
         <v>308.62127276074</v>
       </c>
       <c r="I19" s="23">
         <v>332.19221804959301</v>
       </c>
       <c r="J19" s="23">
@@ -5464,52 +5798,85 @@
       </c>
       <c r="EA19">
         <v>574.5</v>
       </c>
       <c r="EB19">
         <v>576.05999999999995</v>
       </c>
       <c r="EC19">
         <v>611.16</v>
       </c>
       <c r="ED19">
         <v>599.36</v>
       </c>
       <c r="EE19">
         <v>613.32000000000005</v>
       </c>
       <c r="EF19">
         <v>634.75</v>
       </c>
       <c r="EG19">
         <v>676.36</v>
       </c>
       <c r="EH19">
         <v>641.29999999999995</v>
       </c>
+      <c r="EI19">
+        <v>611.63</v>
+      </c>
+      <c r="EJ19">
+        <v>591.11</v>
+      </c>
+      <c r="EK19">
+        <v>640.49</v>
+      </c>
+      <c r="EL19">
+        <v>443.06</v>
+      </c>
+      <c r="EM19">
+        <v>448.32</v>
+      </c>
+      <c r="EN19">
+        <v>434.76</v>
+      </c>
+      <c r="EO19">
+        <v>626.07000000000005</v>
+      </c>
+      <c r="EP19">
+        <v>628</v>
+      </c>
+      <c r="EQ19">
+        <v>639.12</v>
+      </c>
+      <c r="ER19">
+        <v>685.63</v>
+      </c>
+      <c r="ES19">
+        <v>711.93</v>
+      </c>
     </row>
-    <row r="20" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>138</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>139</v>
       </c>
       <c r="D20" s="22" t="s">
         <v>140</v>
       </c>
       <c r="E20" s="22" t="s">
         <v>138</v>
       </c>
       <c r="F20" s="22">
         <v>2000</v>
       </c>
       <c r="G20" s="23">
         <v>67.922759009063796</v>
       </c>
       <c r="H20" s="23">
         <v>64.501879995273299</v>
       </c>
       <c r="I20" s="23">
         <v>76.316794687858604</v>
       </c>
       <c r="J20" s="23">
@@ -5877,52 +6244,85 @@
       </c>
       <c r="EA20">
         <v>70.010000000000005</v>
       </c>
       <c r="EB20">
         <v>67.77</v>
       </c>
       <c r="EC20">
         <v>66.7</v>
       </c>
       <c r="ED20">
         <v>46.79</v>
       </c>
       <c r="EE20">
         <v>38.94</v>
       </c>
       <c r="EF20">
         <v>42.26</v>
       </c>
       <c r="EG20">
         <v>63.16</v>
       </c>
       <c r="EH20">
         <v>60.92</v>
       </c>
+      <c r="EI20">
+        <v>40.479999999999997</v>
+      </c>
+      <c r="EJ20">
+        <v>30.03</v>
+      </c>
+      <c r="EK20">
+        <v>39.31</v>
+      </c>
+      <c r="EL20">
+        <v>35.69</v>
+      </c>
+      <c r="EM20">
+        <v>43.28</v>
+      </c>
+      <c r="EN20">
+        <v>43.69</v>
+      </c>
+      <c r="EO20">
+        <v>65.77</v>
+      </c>
+      <c r="EP20">
+        <v>53.78</v>
+      </c>
+      <c r="EQ20">
+        <v>53.8</v>
+      </c>
+      <c r="ER20">
+        <v>54.2</v>
+      </c>
+      <c r="ES20">
+        <v>66.53</v>
+      </c>
     </row>
-    <row r="21" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B21" s="22" t="s">
         <v>141</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>142</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>143</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>141</v>
       </c>
       <c r="F21" s="22">
         <v>2000</v>
       </c>
       <c r="G21" s="23">
         <v>0</v>
       </c>
       <c r="H21" s="23">
         <v>0</v>
       </c>
       <c r="I21" s="23">
         <v>0</v>
       </c>
       <c r="J21" s="23">
@@ -6290,52 +6690,85 @@
       </c>
       <c r="EA21">
         <v>0</v>
       </c>
       <c r="EB21">
         <v>0</v>
       </c>
       <c r="EC21">
         <v>0</v>
       </c>
       <c r="ED21">
         <v>0</v>
       </c>
       <c r="EE21">
         <v>0</v>
       </c>
       <c r="EF21">
         <v>0</v>
       </c>
       <c r="EG21">
         <v>0</v>
       </c>
       <c r="EH21">
         <v>0</v>
       </c>
+      <c r="EI21">
+        <v>0</v>
+      </c>
+      <c r="EJ21">
+        <v>0</v>
+      </c>
+      <c r="EK21">
+        <v>0</v>
+      </c>
+      <c r="EL21">
+        <v>0</v>
+      </c>
+      <c r="EM21">
+        <v>0</v>
+      </c>
+      <c r="EN21">
+        <v>0</v>
+      </c>
+      <c r="EO21">
+        <v>0</v>
+      </c>
+      <c r="EP21">
+        <v>0</v>
+      </c>
+      <c r="EQ21">
+        <v>0</v>
+      </c>
+      <c r="ER21">
+        <v>0</v>
+      </c>
+      <c r="ES21">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
         <v>144</v>
       </c>
       <c r="C22" s="22" t="s">
         <v>145</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>146</v>
       </c>
       <c r="E22" s="22" t="s">
         <v>144</v>
       </c>
       <c r="F22" s="22">
         <v>2000</v>
       </c>
       <c r="G22" s="23">
         <v>71.322657969991994</v>
       </c>
       <c r="H22" s="23">
         <v>68.1809808690316</v>
       </c>
       <c r="I22" s="23">
         <v>72.614912233332504</v>
       </c>
       <c r="J22" s="23">
@@ -6703,52 +7136,85 @@
       </c>
       <c r="EA22">
         <v>79.98</v>
       </c>
       <c r="EB22">
         <v>80.819999999999993</v>
       </c>
       <c r="EC22">
         <v>82.61</v>
       </c>
       <c r="ED22">
         <v>79.900000000000006</v>
       </c>
       <c r="EE22">
         <v>78.25</v>
       </c>
       <c r="EF22">
         <v>78.61</v>
       </c>
       <c r="EG22">
         <v>84.19</v>
       </c>
       <c r="EH22">
         <v>81.27</v>
       </c>
+      <c r="EI22">
+        <v>80.13</v>
+      </c>
+      <c r="EJ22">
+        <v>79.42</v>
+      </c>
+      <c r="EK22">
+        <v>86.19</v>
+      </c>
+      <c r="EL22">
+        <v>85.37</v>
+      </c>
+      <c r="EM22">
+        <v>86.52</v>
+      </c>
+      <c r="EN22">
+        <v>84.29</v>
+      </c>
+      <c r="EO22">
+        <v>87.37</v>
+      </c>
+      <c r="EP22">
+        <v>80.84</v>
+      </c>
+      <c r="EQ22">
+        <v>81.77</v>
+      </c>
+      <c r="ER22">
+        <v>80.38</v>
+      </c>
+      <c r="ES22">
+        <v>87.55</v>
+      </c>
     </row>
-    <row r="23" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
         <v>147</v>
       </c>
       <c r="C23" s="22" t="s">
         <v>148</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>149</v>
       </c>
       <c r="E23" s="22" t="s">
         <v>147</v>
       </c>
       <c r="F23" s="22">
         <v>2000</v>
       </c>
       <c r="G23" s="23">
         <v>104.192153228298</v>
       </c>
       <c r="H23" s="23">
         <v>103.009988672639</v>
       </c>
       <c r="I23" s="23">
         <v>104.87900319225599</v>
       </c>
       <c r="J23" s="23">
@@ -7116,52 +7582,85 @@
       </c>
       <c r="EA23">
         <v>48</v>
       </c>
       <c r="EB23">
         <v>49.26</v>
       </c>
       <c r="EC23">
         <v>65.59</v>
       </c>
       <c r="ED23">
         <v>72.290000000000006</v>
       </c>
       <c r="EE23">
         <v>70.55</v>
       </c>
       <c r="EF23">
         <v>54.46</v>
       </c>
       <c r="EG23">
         <v>50.84</v>
       </c>
       <c r="EH23">
         <v>48.4</v>
       </c>
+      <c r="EI23">
+        <v>50.35</v>
+      </c>
+      <c r="EJ23">
+        <v>50.99</v>
+      </c>
+      <c r="EK23">
+        <v>53.96</v>
+      </c>
+      <c r="EL23">
+        <v>52.01</v>
+      </c>
+      <c r="EM23">
+        <v>48.24</v>
+      </c>
+      <c r="EN23">
+        <v>54.24</v>
+      </c>
+      <c r="EO23">
+        <v>70.22</v>
+      </c>
+      <c r="EP23">
+        <v>72.180000000000007</v>
+      </c>
+      <c r="EQ23">
+        <v>65.69</v>
+      </c>
+      <c r="ER23">
+        <v>49.94</v>
+      </c>
+      <c r="ES23">
+        <v>51.36</v>
+      </c>
     </row>
-    <row r="24" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B24" s="22" t="s">
         <v>150</v>
       </c>
       <c r="C24" s="22" t="s">
         <v>151</v>
       </c>
       <c r="D24" s="22" t="s">
         <v>152</v>
       </c>
       <c r="E24" s="22" t="s">
         <v>150</v>
       </c>
       <c r="F24" s="22">
         <v>2000</v>
       </c>
       <c r="G24" s="23">
         <v>70.5718435065791</v>
       </c>
       <c r="H24" s="23">
         <v>69.290322580645096</v>
       </c>
       <c r="I24" s="23">
         <v>71.994895040267494</v>
       </c>
       <c r="J24" s="23">
@@ -7438,52 +7937,85 @@
       <c r="DO24" s="20"/>
       <c r="DP24" s="20"/>
       <c r="DQ24" s="20"/>
       <c r="DR24" s="20"/>
       <c r="DS24" s="20"/>
       <c r="DT24" s="20"/>
       <c r="DU24" s="20"/>
       <c r="EC24" t="s">
         <v>208</v>
       </c>
       <c r="ED24" t="s">
         <v>208</v>
       </c>
       <c r="EE24" t="s">
         <v>208</v>
       </c>
       <c r="EF24" t="s">
         <v>208</v>
       </c>
       <c r="EG24" t="s">
         <v>208</v>
       </c>
       <c r="EH24" t="s">
         <v>208</v>
       </c>
+      <c r="EI24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EJ24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EK24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EL24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EM24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EN24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EO24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EP24" t="s">
+        <v>208</v>
+      </c>
+      <c r="EQ24" t="s">
+        <v>208</v>
+      </c>
+      <c r="ER24" t="s">
+        <v>208</v>
+      </c>
+      <c r="ES24" t="s">
+        <v>208</v>
+      </c>
     </row>
-    <row r="25" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B25" s="22" t="s">
         <v>153</v>
       </c>
       <c r="C25" s="22" t="s">
         <v>154</v>
       </c>
       <c r="D25" s="22" t="s">
         <v>155</v>
       </c>
       <c r="E25" s="22" t="s">
         <v>153</v>
       </c>
       <c r="F25" s="22">
         <v>2000</v>
       </c>
       <c r="G25" s="23">
         <v>148.80972031178399</v>
       </c>
       <c r="H25" s="23">
         <v>153.695552498854</v>
       </c>
       <c r="I25" s="23">
         <v>161.15359926639201</v>
       </c>
       <c r="J25" s="23">
@@ -7760,52 +8292,85 @@
       <c r="DO25" s="20"/>
       <c r="DP25" s="20"/>
       <c r="DQ25" s="20"/>
       <c r="DR25" s="20"/>
       <c r="DS25" s="20"/>
       <c r="DT25" s="20"/>
       <c r="DU25" s="20"/>
       <c r="EC25" t="s">
         <v>208</v>
       </c>
       <c r="ED25" t="s">
         <v>208</v>
       </c>
       <c r="EE25" t="s">
         <v>208</v>
       </c>
       <c r="EF25" t="s">
         <v>208</v>
       </c>
       <c r="EG25" t="s">
         <v>208</v>
       </c>
       <c r="EH25" t="s">
         <v>208</v>
       </c>
+      <c r="EI25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EJ25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EK25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EL25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EM25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EN25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EO25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EP25" t="s">
+        <v>208</v>
+      </c>
+      <c r="EQ25" t="s">
+        <v>208</v>
+      </c>
+      <c r="ER25" t="s">
+        <v>208</v>
+      </c>
+      <c r="ES25" t="s">
+        <v>208</v>
+      </c>
     </row>
-    <row r="26" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B26" s="22" t="s">
         <v>156</v>
       </c>
       <c r="C26" s="22" t="s">
         <v>157</v>
       </c>
       <c r="D26" s="22" t="s">
         <v>158</v>
       </c>
       <c r="E26" s="22" t="s">
         <v>156</v>
       </c>
       <c r="F26" s="22">
         <v>2000</v>
       </c>
       <c r="G26" s="23">
         <v>394.69571283612402</v>
       </c>
       <c r="H26" s="23">
         <v>373.88153221714799</v>
       </c>
       <c r="I26" s="23">
         <v>378.51179604261802</v>
       </c>
       <c r="J26" s="23">
@@ -8173,52 +8738,85 @@
       </c>
       <c r="EA26">
         <v>526.69000000000005</v>
       </c>
       <c r="EB26">
         <v>537.41</v>
       </c>
       <c r="EC26">
         <v>546.35</v>
       </c>
       <c r="ED26">
         <v>449.7</v>
       </c>
       <c r="EE26">
         <v>445.23</v>
       </c>
       <c r="EF26">
         <v>456.91</v>
       </c>
       <c r="EG26">
         <v>559.94000000000005</v>
       </c>
       <c r="EH26">
         <v>531.39</v>
       </c>
+      <c r="EI26">
+        <v>483.53</v>
+      </c>
+      <c r="EJ26">
+        <v>457.03</v>
+      </c>
+      <c r="EK26">
+        <v>485.26</v>
+      </c>
+      <c r="EL26">
+        <v>355.74</v>
+      </c>
+      <c r="EM26">
+        <v>381.02</v>
+      </c>
+      <c r="EN26">
+        <v>372.84</v>
+      </c>
+      <c r="EO26">
+        <v>563.17999999999995</v>
+      </c>
+      <c r="EP26">
+        <v>468.68</v>
+      </c>
+      <c r="EQ26">
+        <v>491.26</v>
+      </c>
+      <c r="ER26">
+        <v>489.75</v>
+      </c>
+      <c r="ES26">
+        <v>600.82000000000005</v>
+      </c>
     </row>
-    <row r="27" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B27" s="22" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="22" t="s">
         <v>160</v>
       </c>
       <c r="D27" s="22" t="s">
         <v>161</v>
       </c>
       <c r="E27" s="22" t="s">
         <v>159</v>
       </c>
       <c r="F27" s="22">
         <v>2000</v>
       </c>
       <c r="G27" s="23">
         <v>136.06488836859299</v>
       </c>
       <c r="H27" s="23">
         <v>137.837611840455</v>
       </c>
       <c r="I27" s="23">
         <v>132.98770800234101</v>
       </c>
       <c r="J27" s="23">
@@ -8495,52 +9093,85 @@
       <c r="DO27" s="20"/>
       <c r="DP27" s="20"/>
       <c r="DQ27" s="20"/>
       <c r="DR27" s="20"/>
       <c r="DS27" s="20"/>
       <c r="DT27" s="20"/>
       <c r="DU27" s="20"/>
       <c r="EC27" t="s">
         <v>208</v>
       </c>
       <c r="ED27" t="s">
         <v>208</v>
       </c>
       <c r="EE27" t="s">
         <v>208</v>
       </c>
       <c r="EF27" t="s">
         <v>208</v>
       </c>
       <c r="EG27" t="s">
         <v>208</v>
       </c>
       <c r="EH27" t="s">
         <v>208</v>
       </c>
+      <c r="EI27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EJ27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EK27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EL27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EM27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EN27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EO27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EP27" t="s">
+        <v>208</v>
+      </c>
+      <c r="EQ27" t="s">
+        <v>208</v>
+      </c>
+      <c r="ER27" t="s">
+        <v>208</v>
+      </c>
+      <c r="ES27" t="s">
+        <v>208</v>
+      </c>
     </row>
-    <row r="28" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B28" s="22" t="s">
         <v>162</v>
       </c>
       <c r="C28" s="24" t="s">
         <v>163</v>
       </c>
       <c r="D28" s="22" t="s">
         <v>164</v>
       </c>
       <c r="E28" s="22" t="s">
         <v>162</v>
       </c>
       <c r="F28" s="22">
         <v>2000</v>
       </c>
       <c r="G28" s="23">
         <v>145.442687441381</v>
       </c>
       <c r="H28" s="23">
         <v>141.85860275927999</v>
       </c>
       <c r="I28" s="23">
         <v>148.74987073779999</v>
       </c>
       <c r="J28" s="23">
@@ -8908,52 +9539,85 @@
       </c>
       <c r="EA28">
         <v>151.88</v>
       </c>
       <c r="EB28">
         <v>153.03</v>
       </c>
       <c r="EC28">
         <v>162.38</v>
       </c>
       <c r="ED28">
         <v>143.08000000000001</v>
       </c>
       <c r="EE28">
         <v>143.69</v>
       </c>
       <c r="EF28">
         <v>140.69</v>
       </c>
       <c r="EG28">
         <v>165.79</v>
       </c>
       <c r="EH28">
         <v>158.32</v>
       </c>
+      <c r="EI28">
+        <v>154.1</v>
+      </c>
+      <c r="EJ28">
+        <v>147.96</v>
+      </c>
+      <c r="EK28">
+        <v>159.44999999999999</v>
+      </c>
+      <c r="EL28">
+        <v>141.96</v>
+      </c>
+      <c r="EM28">
+        <v>145.72</v>
+      </c>
+      <c r="EN28">
+        <v>143.76</v>
+      </c>
+      <c r="EO28">
+        <v>170.25</v>
+      </c>
+      <c r="EP28">
+        <v>153.36000000000001</v>
+      </c>
+      <c r="EQ28">
+        <v>153.28</v>
+      </c>
+      <c r="ER28">
+        <v>150.38</v>
+      </c>
+      <c r="ES28">
+        <v>170.76</v>
+      </c>
     </row>
-    <row r="29" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B29" s="22"/>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="22"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="22"/>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
       <c r="Y29" s="22"/>
       <c r="Z29" s="22"/>
@@ -8974,150 +9638,156 @@
       <c r="AO29" s="22"/>
       <c r="AP29" s="22"/>
       <c r="AQ29" s="22"/>
       <c r="AR29" s="22"/>
       <c r="AS29" s="22"/>
       <c r="AT29" s="22"/>
       <c r="AU29" s="22"/>
       <c r="AV29" s="22"/>
       <c r="AW29" s="22"/>
       <c r="AX29" s="22"/>
       <c r="AY29" s="22"/>
       <c r="AZ29" s="22"/>
       <c r="BA29" s="22"/>
       <c r="BB29" s="22"/>
       <c r="BC29" s="22"/>
       <c r="BD29" s="22"/>
       <c r="BE29" s="22"/>
       <c r="BF29" s="22"/>
       <c r="BG29" s="22"/>
       <c r="BH29" s="22"/>
       <c r="BI29" s="22"/>
       <c r="BJ29" s="22"/>
       <c r="BK29" s="22"/>
       <c r="BL29" s="22"/>
     </row>
-    <row r="30" spans="2:138" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:149" x14ac:dyDescent="0.2">
       <c r="B30" s="25"/>
       <c r="C30" s="25"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="E29:F30 E11 E10:F10 E12:F12 E28">
-    <cfRule type="duplicateValues" dxfId="31" priority="39"/>
+    <cfRule type="duplicateValues" dxfId="38" priority="47"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="F11">
-    <cfRule type="duplicateValues" dxfId="30" priority="38"/>
+    <cfRule type="duplicateValues" dxfId="37" priority="46"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:B28">
-    <cfRule type="duplicateValues" dxfId="29" priority="37"/>
+    <cfRule type="duplicateValues" dxfId="36" priority="45"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B11:AW11 BM11:BX11 DW11:DZ11 EI11:XFD11">
-    <cfRule type="duplicateValues" dxfId="28" priority="36"/>
+  <conditionalFormatting sqref="B11:AW11 BM11:BX11 DW11:DZ11 ET11:XFD11">
+    <cfRule type="duplicateValues" dxfId="35" priority="44"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B2:B9">
-    <cfRule type="duplicateValues" dxfId="27" priority="35"/>
+    <cfRule type="duplicateValues" dxfId="34" priority="43"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="D7">
-    <cfRule type="duplicateValues" dxfId="26" priority="34"/>
+    <cfRule type="duplicateValues" dxfId="33" priority="42"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="AX11:BX11">
-    <cfRule type="duplicateValues" dxfId="25" priority="33"/>
+    <cfRule type="duplicateValues" dxfId="32" priority="41"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A11:BX11 DW11:DZ11 EI11:XFD11">
-    <cfRule type="duplicateValues" dxfId="24" priority="32"/>
+  <conditionalFormatting sqref="A11:BX11 DW11:DZ11 ET11:XFD11">
+    <cfRule type="duplicateValues" dxfId="31" priority="40"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E13:E27">
-    <cfRule type="duplicateValues" dxfId="23" priority="31"/>
+    <cfRule type="duplicateValues" dxfId="30" priority="39"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="BY11:CL11">
-    <cfRule type="duplicateValues" dxfId="22" priority="40"/>
+    <cfRule type="duplicateValues" dxfId="29" priority="48"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CM11:CQ11">
-    <cfRule type="duplicateValues" dxfId="21" priority="30"/>
+    <cfRule type="duplicateValues" dxfId="28" priority="38"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CM11:CQ11">
-    <cfRule type="duplicateValues" dxfId="20" priority="29"/>
+    <cfRule type="duplicateValues" dxfId="27" priority="37"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CM11:CQ11">
-    <cfRule type="duplicateValues" dxfId="19" priority="28"/>
+    <cfRule type="duplicateValues" dxfId="26" priority="36"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CR11:DD11">
-    <cfRule type="duplicateValues" dxfId="18" priority="27"/>
+    <cfRule type="duplicateValues" dxfId="25" priority="35"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CR11:DD11">
-    <cfRule type="duplicateValues" dxfId="17" priority="26"/>
+    <cfRule type="duplicateValues" dxfId="24" priority="34"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="CR11:DD11">
-    <cfRule type="duplicateValues" dxfId="16" priority="25"/>
+    <cfRule type="duplicateValues" dxfId="23" priority="33"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DE11:DH11">
-    <cfRule type="duplicateValues" dxfId="15" priority="18"/>
+    <cfRule type="duplicateValues" dxfId="22" priority="26"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DE11:DH11">
-    <cfRule type="duplicateValues" dxfId="14" priority="17"/>
+    <cfRule type="duplicateValues" dxfId="21" priority="25"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DE11:DH11">
-    <cfRule type="duplicateValues" dxfId="13" priority="16"/>
+    <cfRule type="duplicateValues" dxfId="20" priority="24"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DI11:DJ11">
-    <cfRule type="duplicateValues" dxfId="12" priority="15"/>
+    <cfRule type="duplicateValues" dxfId="19" priority="23"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DI11:DJ11">
-    <cfRule type="duplicateValues" dxfId="11" priority="14"/>
+    <cfRule type="duplicateValues" dxfId="18" priority="22"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DI11:DJ11">
-    <cfRule type="duplicateValues" dxfId="10" priority="13"/>
+    <cfRule type="duplicateValues" dxfId="17" priority="21"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DK11:DP11">
-    <cfRule type="duplicateValues" dxfId="9" priority="10"/>
+    <cfRule type="duplicateValues" dxfId="16" priority="18"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DK11:DP11">
-    <cfRule type="duplicateValues" dxfId="8" priority="9"/>
+    <cfRule type="duplicateValues" dxfId="15" priority="17"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DK11:DP11">
-    <cfRule type="duplicateValues" dxfId="7" priority="8"/>
+    <cfRule type="duplicateValues" dxfId="14" priority="16"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DQ11:DV11">
-    <cfRule type="duplicateValues" dxfId="6" priority="7"/>
+    <cfRule type="duplicateValues" dxfId="13" priority="15"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DQ11:DV11">
-    <cfRule type="duplicateValues" dxfId="5" priority="6"/>
+    <cfRule type="duplicateValues" dxfId="12" priority="14"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="DQ11:DV11">
-    <cfRule type="duplicateValues" dxfId="4" priority="5"/>
+    <cfRule type="duplicateValues" dxfId="11" priority="13"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="EA11:EF11">
-    <cfRule type="duplicateValues" dxfId="3" priority="4"/>
+    <cfRule type="duplicateValues" dxfId="10" priority="12"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="EA11:EF11">
-    <cfRule type="duplicateValues" dxfId="2" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="9" priority="11"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="EG11:EH11">
-    <cfRule type="duplicateValues" dxfId="1" priority="2"/>
+    <cfRule type="duplicateValues" dxfId="8" priority="10"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="EG11:EH11">
-    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="7" priority="9"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EI11:ES11">
+    <cfRule type="duplicateValues" dxfId="6" priority="4"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EI11:ES11">
+    <cfRule type="duplicateValues" dxfId="5" priority="3"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>